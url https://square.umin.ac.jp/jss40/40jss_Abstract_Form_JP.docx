--- v0 (2025-12-03)
+++ v1 (2026-02-07)
@@ -11,137 +11,146 @@
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="4B418255" w14:textId="48C4B034" w:rsidR="00BA4837" w:rsidRPr="00141C90" w:rsidRDefault="00141C90" w:rsidP="00BA4837">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00141C90">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="303030"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>第</w:t>
       </w:r>
       <w:r w:rsidR="00B34B21">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="303030"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>40</w:t>
       </w:r>
       <w:r w:rsidRPr="00141C90">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="303030"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>回日本S</w:t>
       </w:r>
       <w:r w:rsidRPr="00141C90">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="303030"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>hock</w:t>
       </w:r>
       <w:r w:rsidR="0020620C" w:rsidRPr="0020620C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="303030"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>学会学術集会</w:t>
       </w:r>
       <w:r w:rsidRPr="00141C90">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="303030"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>「</w:t>
       </w:r>
       <w:r w:rsidR="0081398B" w:rsidRPr="0081398B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="303030"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>公募演題</w:t>
       </w:r>
       <w:r w:rsidRPr="00141C90">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="303030"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>」</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C06C580" w14:textId="2AF1F2C5" w:rsidR="005F770D" w:rsidRPr="00141C90" w:rsidRDefault="00691B75" w:rsidP="00FF03E6">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00141C90">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>演題登録・抄録記入用紙</w:t>
       </w:r>
@@ -297,123 +306,178 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="10603" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2835"/>
         <w:gridCol w:w="7768"/>
       </w:tblGrid>
       <w:tr w:rsidR="00F46350" w:rsidRPr="00A22691" w14:paraId="23D82B24" w14:textId="77777777" w:rsidTr="007708FB">
         <w:trPr>
           <w:trHeight w:val="759"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="293DE53D" w14:textId="6D5731B6" w:rsidR="00F46350" w:rsidRPr="0002049D" w:rsidRDefault="00F46350" w:rsidP="00401387">
+          <w:p w14:paraId="24418FEA" w14:textId="77777777" w:rsidR="00F46350" w:rsidRDefault="00F46350" w:rsidP="00401387">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:b/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>応募カテゴリー</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="293DE53D" w14:textId="507D2AEB" w:rsidR="00D60C9E" w:rsidRPr="00D60C9E" w:rsidRDefault="00D60C9E" w:rsidP="00401387">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+                <w:bCs/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D60C9E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+                <w:bCs/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>※</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+                <w:bCs/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>１つ選択してください</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7768" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5792557E" w14:textId="18383C5B" w:rsidR="00F46350" w:rsidRDefault="00F46350" w:rsidP="00401387">
+          <w:p w14:paraId="5792557E" w14:textId="7FFB2448" w:rsidR="00F46350" w:rsidRDefault="00F46350" w:rsidP="00401387">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>□シンポ</w:t>
-[...34 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>□</w:t>
+            </w:r>
+            <w:r w:rsidR="007B7219" w:rsidRPr="007B7219">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>シンポジウム1＜敗血症研究のDynamic Interaction＞</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E78F407" w14:textId="7160F948" w:rsidR="007B7219" w:rsidRDefault="007B7219" w:rsidP="007B7219">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>□</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B7219">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>シンポジウム2＜外傷・熱傷性ショック研究のDynamic Interaction＞</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51367554" w14:textId="79D61E60" w:rsidR="007B7219" w:rsidRDefault="007B7219" w:rsidP="007B7219">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>□</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B7219">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>シンポジウム</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B7219">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>＜PCAS・心原性ショック研究のDynamic Interaction＞</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="23362463" w14:textId="77777777" w:rsidR="00F46350" w:rsidRDefault="00F46350" w:rsidP="00401387">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>□一般演題</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="46902B41" w14:textId="029849B3" w:rsidR="00624A13" w:rsidRPr="00F46350" w:rsidRDefault="00624A13" w:rsidP="00401387">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F68EB">
@@ -970,66 +1034,50 @@
           <w:p w14:paraId="1BD2F400" w14:textId="77777777" w:rsidR="00141C90" w:rsidRPr="0002049D" w:rsidRDefault="00141C90" w:rsidP="00401387">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="06E75814" w14:textId="77777777" w:rsidR="00141C90" w:rsidRPr="0002049D" w:rsidRDefault="00141C90" w:rsidP="00401387">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="28AE6A20" w14:textId="77777777" w:rsidR="00141C90" w:rsidRPr="0002049D" w:rsidRDefault="00141C90" w:rsidP="00401387">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="462A0A18" w14:textId="77777777" w:rsidR="00141C90" w:rsidRPr="0002049D" w:rsidRDefault="00141C90" w:rsidP="00401387">
-            <w:pPr>
-[...14 lines deleted...]
-          <w:p w14:paraId="75073F2A" w14:textId="77777777" w:rsidR="00141C90" w:rsidRPr="0002049D" w:rsidRDefault="00141C90" w:rsidP="00401387">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="320F2971" w14:textId="77777777" w:rsidR="00141C90" w:rsidRPr="0002049D" w:rsidRDefault="00141C90" w:rsidP="00401387">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0AB59F35" w14:textId="77777777" w:rsidR="00141C90" w:rsidRPr="0002049D" w:rsidRDefault="00141C90" w:rsidP="00401387">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="74A96ED8" w14:textId="77777777" w:rsidR="00141C90" w:rsidRPr="0002049D" w:rsidRDefault="00141C90" w:rsidP="00401387">
             <w:pPr>
@@ -1442,58 +1490,58 @@
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="032E6BEE" w14:textId="77777777" w:rsidR="003F6E6C" w:rsidRPr="00A22691" w:rsidRDefault="003F6E6C" w:rsidP="003F6E6C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="003F6E6C" w:rsidRPr="00A22691" w:rsidSect="008E0E25">
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="851" w:footer="992" w:gutter="0"/>
       <w:paperSrc w:first="7" w:other="7"/>
       <w:cols w:space="425"/>
       <w:docGrid w:type="linesAndChars" w:linePitch="358"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="75C8D8DD" w14:textId="77777777" w:rsidR="001B65AD" w:rsidRDefault="001B65AD" w:rsidP="0010114C">
+    <w:p w14:paraId="4ADB9682" w14:textId="77777777" w:rsidR="00E31E48" w:rsidRDefault="00E31E48" w:rsidP="0010114C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3C58E3E3" w14:textId="77777777" w:rsidR="001B65AD" w:rsidRDefault="001B65AD" w:rsidP="0010114C">
+    <w:p w14:paraId="122292E0" w14:textId="77777777" w:rsidR="00E31E48" w:rsidRDefault="00E31E48" w:rsidP="0010114C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Century">
     <w:panose1 w:val="02040604050505020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ＭＳ 明朝">
     <w:altName w:val="MS Mincho"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
@@ -1510,70 +1558,69 @@
     <w:family w:val="modern"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ＭＳ ゴシック">
     <w:altName w:val="MS Gothic"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="76A3987E" w14:textId="77777777" w:rsidR="001B65AD" w:rsidRDefault="001B65AD" w:rsidP="0010114C">
+    <w:p w14:paraId="6ED2153A" w14:textId="77777777" w:rsidR="00E31E48" w:rsidRDefault="00E31E48" w:rsidP="0010114C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="06EE5C89" w14:textId="77777777" w:rsidR="001B65AD" w:rsidRDefault="001B65AD" w:rsidP="0010114C">
+    <w:p w14:paraId="71A9797D" w14:textId="77777777" w:rsidR="00E31E48" w:rsidRDefault="00E31E48" w:rsidP="0010114C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="110"/>
-  <w:doNotDisplayPageBoundaries/>
+  <w:zoom w:percent="100"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:defaultTabStop w:val="840"/>
   <w:drawingGridHorizontalSpacing w:val="105"/>
   <w:drawingGridVerticalSpacing w:val="179"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050">
       <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
@@ -1590,96 +1637,99 @@
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0010114C"/>
     <w:rsid w:val="000017A2"/>
     <w:rsid w:val="0002049D"/>
     <w:rsid w:val="0007305F"/>
     <w:rsid w:val="00074C9E"/>
     <w:rsid w:val="00081676"/>
     <w:rsid w:val="00092F79"/>
     <w:rsid w:val="000A464A"/>
     <w:rsid w:val="000D533A"/>
     <w:rsid w:val="000D5C23"/>
     <w:rsid w:val="000E67D8"/>
     <w:rsid w:val="000F0757"/>
     <w:rsid w:val="0010114C"/>
     <w:rsid w:val="00116B5E"/>
     <w:rsid w:val="00141C90"/>
     <w:rsid w:val="00160CA1"/>
     <w:rsid w:val="001906B4"/>
     <w:rsid w:val="001B0580"/>
     <w:rsid w:val="001B65AD"/>
     <w:rsid w:val="001B70AF"/>
     <w:rsid w:val="001C7343"/>
     <w:rsid w:val="001C7612"/>
     <w:rsid w:val="001E71C7"/>
+    <w:rsid w:val="001F5F5C"/>
     <w:rsid w:val="002055F4"/>
     <w:rsid w:val="0020620C"/>
     <w:rsid w:val="00261EC8"/>
     <w:rsid w:val="002B303F"/>
     <w:rsid w:val="002C69E9"/>
     <w:rsid w:val="002D4FF5"/>
     <w:rsid w:val="00345794"/>
     <w:rsid w:val="00356FD9"/>
     <w:rsid w:val="003630AF"/>
     <w:rsid w:val="0038629E"/>
     <w:rsid w:val="00387068"/>
     <w:rsid w:val="00397F83"/>
     <w:rsid w:val="003A437A"/>
     <w:rsid w:val="003A7814"/>
     <w:rsid w:val="003B59C1"/>
     <w:rsid w:val="003C4D8A"/>
     <w:rsid w:val="003F6E6C"/>
     <w:rsid w:val="004051CA"/>
     <w:rsid w:val="00422A68"/>
     <w:rsid w:val="004247A0"/>
     <w:rsid w:val="0046548E"/>
     <w:rsid w:val="00493E2C"/>
     <w:rsid w:val="004E7F23"/>
     <w:rsid w:val="004F68EB"/>
     <w:rsid w:val="00501793"/>
     <w:rsid w:val="005031FC"/>
     <w:rsid w:val="00511391"/>
     <w:rsid w:val="00537130"/>
     <w:rsid w:val="00563953"/>
     <w:rsid w:val="00564439"/>
     <w:rsid w:val="005A00D4"/>
     <w:rsid w:val="005A536C"/>
     <w:rsid w:val="005C1F02"/>
     <w:rsid w:val="005F28BB"/>
     <w:rsid w:val="005F770D"/>
     <w:rsid w:val="0062156F"/>
     <w:rsid w:val="00624A13"/>
     <w:rsid w:val="006266F4"/>
     <w:rsid w:val="006467B5"/>
     <w:rsid w:val="00691B75"/>
+    <w:rsid w:val="00695E6E"/>
     <w:rsid w:val="006A7A08"/>
     <w:rsid w:val="00720A6B"/>
     <w:rsid w:val="007243D9"/>
     <w:rsid w:val="00727F9B"/>
     <w:rsid w:val="00762879"/>
     <w:rsid w:val="007708FB"/>
+    <w:rsid w:val="007B7219"/>
     <w:rsid w:val="007D2691"/>
     <w:rsid w:val="007D40AE"/>
     <w:rsid w:val="0081398B"/>
     <w:rsid w:val="0082261A"/>
     <w:rsid w:val="00834460"/>
     <w:rsid w:val="00834864"/>
     <w:rsid w:val="008546CC"/>
     <w:rsid w:val="008A570C"/>
     <w:rsid w:val="008A7267"/>
     <w:rsid w:val="008D2AF4"/>
     <w:rsid w:val="008E0E25"/>
     <w:rsid w:val="008E6E06"/>
     <w:rsid w:val="00924ADE"/>
     <w:rsid w:val="00972FC5"/>
     <w:rsid w:val="0099019B"/>
     <w:rsid w:val="009B6069"/>
     <w:rsid w:val="009C5A5B"/>
     <w:rsid w:val="009D3D87"/>
     <w:rsid w:val="009F2D77"/>
     <w:rsid w:val="00A104DD"/>
     <w:rsid w:val="00A17C05"/>
     <w:rsid w:val="00A22691"/>
     <w:rsid w:val="00A340ED"/>
     <w:rsid w:val="00A56526"/>
     <w:rsid w:val="00A81512"/>
@@ -1687,62 +1737,65 @@
     <w:rsid w:val="00AB6D52"/>
     <w:rsid w:val="00AF4C28"/>
     <w:rsid w:val="00B06237"/>
     <w:rsid w:val="00B2102D"/>
     <w:rsid w:val="00B34B21"/>
     <w:rsid w:val="00B418F4"/>
     <w:rsid w:val="00B42347"/>
     <w:rsid w:val="00B431FD"/>
     <w:rsid w:val="00B61BDC"/>
     <w:rsid w:val="00B66C97"/>
     <w:rsid w:val="00BA4837"/>
     <w:rsid w:val="00BD0220"/>
     <w:rsid w:val="00C04E12"/>
     <w:rsid w:val="00C37C0E"/>
     <w:rsid w:val="00C4007D"/>
     <w:rsid w:val="00C531C3"/>
     <w:rsid w:val="00C5331D"/>
     <w:rsid w:val="00C87BAF"/>
     <w:rsid w:val="00CA3760"/>
     <w:rsid w:val="00CD5526"/>
     <w:rsid w:val="00CE2FED"/>
     <w:rsid w:val="00CF3D00"/>
     <w:rsid w:val="00D24F92"/>
     <w:rsid w:val="00D30644"/>
     <w:rsid w:val="00D36272"/>
+    <w:rsid w:val="00D60C9E"/>
     <w:rsid w:val="00D93C29"/>
     <w:rsid w:val="00D94083"/>
     <w:rsid w:val="00D94C7A"/>
     <w:rsid w:val="00DB52FD"/>
     <w:rsid w:val="00DC584B"/>
     <w:rsid w:val="00DD1610"/>
     <w:rsid w:val="00DE1302"/>
     <w:rsid w:val="00DE484B"/>
     <w:rsid w:val="00DE4BDA"/>
+    <w:rsid w:val="00DF27B9"/>
     <w:rsid w:val="00DF3C67"/>
     <w:rsid w:val="00E04F37"/>
     <w:rsid w:val="00E053D8"/>
+    <w:rsid w:val="00E31E48"/>
     <w:rsid w:val="00E45C33"/>
     <w:rsid w:val="00E523CD"/>
     <w:rsid w:val="00E644D2"/>
     <w:rsid w:val="00E94BD0"/>
     <w:rsid w:val="00EA27BE"/>
     <w:rsid w:val="00EA546A"/>
     <w:rsid w:val="00EF22AB"/>
     <w:rsid w:val="00F1291C"/>
     <w:rsid w:val="00F15272"/>
     <w:rsid w:val="00F426B2"/>
     <w:rsid w:val="00F46350"/>
     <w:rsid w:val="00F64AE2"/>
     <w:rsid w:val="00F65779"/>
     <w:rsid w:val="00F702A3"/>
     <w:rsid w:val="00F9352A"/>
     <w:rsid w:val="00F94294"/>
     <w:rsid w:val="00FC72C1"/>
     <w:rsid w:val="00FD0174"/>
     <w:rsid w:val="00FE0E5A"/>
     <w:rsid w:val="00FF03E6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
@@ -2648,65 +2701,64 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{52791EE5-1722-4F08-8AB0-340D3B4C7A8A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>60</Words>
-  <Characters>346</Characters>
+  <Words>78</Words>
+  <Characters>446</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>2</Lines>
+  <Lines>3</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>タイトル</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>405</CharactersWithSpaces>
+  <CharactersWithSpaces>523</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Riki</dc:creator>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>