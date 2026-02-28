--- v0 (2025-12-10)
+++ v1 (2026-02-28)
@@ -4,131 +4,131 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
   <workbookPr date1904="1"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\192.168.1.5\user\☆受付・心専門医申請関係☆_★\施設申請\案内・送付状\2026申請事前アナウンス\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{03F92964-E848-44A7-9DE0-A02275DFEAC5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{DBD0018C-378C-46E6-89CC-CFB5DC0F1689}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="14535" yWindow="870" windowWidth="21345" windowHeight="14055" tabRatio="872" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="8370" yWindow="2040" windowWidth="29430" windowHeight="11820" tabRatio="872" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="１" sheetId="75" r:id="rId1"/>
     <sheet name="2" sheetId="77" r:id="rId2"/>
     <sheet name="3 (既存認定施設用)" sheetId="81" r:id="rId3"/>
     <sheet name="3（新規施設用）" sheetId="80" r:id="rId4"/>
     <sheet name="4" sheetId="66" r:id="rId5"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId6"/>
   </externalReferences>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'１'!$A$1:$R$56</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'2'!$A$1:$R$56</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="2">'3 (既存認定施設用)'!$A$1:$R$50</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="3">'3（新規施設用）'!$A$1:$R$47</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="2">'3 (既存認定施設用)'!$A$1:$R$54</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="3">'3（新規施設用）'!$A$1:$R$48</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="4">'4'!$A$1:$R$50</definedName>
     <definedName name="難易度C術者１">'[1]5-3'!$K$15:$M$29,'[1]5-3'!$K$31:$M$36,'[1]5-3'!$K$38:$M$39,'[1]5-3'!$K$41:$M$43,'[1]5-3'!$K$45:$M$54</definedName>
     <definedName name="難易度C術者２">'[1]5-4'!$K$15:$M$27,'[1]5-4'!$K$29,'[1]5-4'!$K$31:$M$33</definedName>
     <definedName name="難易度C第一助手１">'[1]5-3'!$Q$15:$S$29,'[1]5-3'!$Q$31:$S$36,'[1]5-3'!$Q$38:$S$39,'[1]5-3'!$Q$41:$S$43,'[1]5-3'!$Q$45:$S$54</definedName>
     <definedName name="難易度C第一助手２">'[1]5-4'!$Q$15:$S$27,'[1]5-4'!$Q$29,'[1]5-4'!$Q$31:$S$33</definedName>
     <definedName name="難易度C第二助手１">'[1]5-3'!$W$15:$Y$29,'[1]5-3'!$W$31:$Y$36,'[1]5-3'!$W$38:$Y$39,'[1]5-3'!$W$41:$Y$43,'[1]5-3'!$W$45:$Y$54</definedName>
     <definedName name="難易度C第二助手２">'[1]5-4'!$W$15:$Y$27,'[1]5-4'!$W$29:$Y$29,'[1]5-4'!$W$31:$Y$33</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="L6" i="77" l="1"/>
   <c r="Q5" i="66"/>
   <c r="O5" i="66"/>
   <c r="L5" i="66"/>
   <c r="O6" i="77"/>
   <c r="Q6" i="77"/>
   <c r="D7" i="66"/>
   <c r="D8" i="77"/>
-  <c r="F28" i="80" l="1"/>
-[...13 lines deleted...]
-  <c r="J31" i="81"/>
+  <c r="F29" i="80" l="1"/>
+  <c r="F21" i="80"/>
+  <c r="O30" i="81"/>
+  <c r="O38" i="81"/>
+  <c r="O39" i="81"/>
+  <c r="O40" i="81"/>
+  <c r="O41" i="81"/>
+  <c r="O31" i="81"/>
+  <c r="O20" i="81" l="1"/>
+  <c r="F35" i="81" s="1"/>
+  <c r="Q38" i="81"/>
+  <c r="F27" i="81" l="1"/>
+  <c r="F25" i="81"/>
+  <c r="J25" i="81" s="1"/>
+  <c r="J35" i="81"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="239" uniqueCount="135">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="246" uniqueCount="138">
   <si>
     <t>　専門医認定番号</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>心臓血管外科専門医認定機構</t>
     <rPh sb="0" eb="1">
       <t>シン</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>　</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>心臓血管外科専門医認定機構　御中</t>
   </si>
   <si>
     <t>氏名</t>
     <rPh sb="0" eb="2">
       <t>シメイ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
@@ -1209,98 +1209,63 @@
     <rPh sb="9" eb="11">
       <t>シュジュツ</t>
     </rPh>
     <rPh sb="11" eb="14">
       <t>ショウレイスウ</t>
     </rPh>
     <rPh sb="25" eb="26">
       <t>フク</t>
     </rPh>
     <rPh sb="28" eb="31">
       <t>ゴウケイスウ</t>
     </rPh>
     <rPh sb="32" eb="34">
       <t>ニュウリョク</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>　所属科</t>
     <rPh sb="1" eb="4">
       <t>ショゾクカ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
-    <t>以下の項目は、申請種別を選択した上で症例数を入力してください　0例の欄は0を入力してください</t>
-[...17 lines deleted...]
-  <si>
     <t>施設・様式４</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>　＊様式１と同じ申請代表者とすること</t>
     <rPh sb="2" eb="4">
       <t>ヨウシキ</t>
     </rPh>
     <rPh sb="6" eb="7">
       <t>オナ</t>
     </rPh>
     <rPh sb="8" eb="13">
       <t>シンセイダイヒョウシャ</t>
-    </rPh>
-[...14 lines deleted...]
-      <t>ニュウリョク</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>※この書式は新規施設用です。既存認定施設は更新／登録変更用を提出してください。</t>
     <rPh sb="3" eb="5">
       <t>ショシキ</t>
     </rPh>
     <rPh sb="6" eb="8">
       <t>シンキ</t>
     </rPh>
     <rPh sb="8" eb="10">
       <t>シセツ</t>
     </rPh>
     <rPh sb="10" eb="11">
       <t>ヨウ</t>
     </rPh>
     <rPh sb="14" eb="20">
       <t>キゾンニンテイシセツ</t>
     </rPh>
     <rPh sb="21" eb="23">
       <t>コウシン</t>
     </rPh>
     <rPh sb="24" eb="28">
       <t>トウロクヘンコウ</t>
@@ -1841,50 +1806,106 @@
     </rPh>
     <rPh sb="46" eb="48">
       <t>ニンテイ</t>
     </rPh>
     <rPh sb="48" eb="49">
       <t>シ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>＊他科で行った症例は「心臓血管外科医が参加しているTAVR」のみカウントすることができます</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>　2024　　年</t>
     <rPh sb="7" eb="8">
       <t>ネン</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>　　2025　　年</t>
     <rPh sb="8" eb="9">
       <t>ネン</t>
     </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>はい</t>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>いいえ</t>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>・以下の項目は、申請種別を選択した上で症例数を入力してください　0例の欄は0を入力してください</t>
+    <rPh sb="1" eb="3">
+      <t>イカ</t>
+    </rPh>
+    <rPh sb="4" eb="6">
+      <t>コウモク</t>
+    </rPh>
+    <rPh sb="33" eb="34">
+      <t>レイ</t>
+    </rPh>
+    <rPh sb="35" eb="36">
+      <t>ラン</t>
+    </rPh>
+    <rPh sb="39" eb="41">
+      <t>ニュウリョク</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>・特定行為研修修了看護師が診療科に配属されていますか？</t>
+    <rPh sb="1" eb="3">
+      <t>トクテイ</t>
+    </rPh>
+    <rPh sb="3" eb="5">
+      <t>コウイ</t>
+    </rPh>
+    <rPh sb="5" eb="7">
+      <t>ケンシュウ</t>
+    </rPh>
+    <rPh sb="7" eb="9">
+      <t>シュウリョウ</t>
+    </rPh>
+    <rPh sb="9" eb="12">
+      <t>カンゴシ</t>
+    </rPh>
+    <rPh sb="13" eb="16">
+      <t>シンリョウカ</t>
+    </rPh>
+    <rPh sb="17" eb="19">
+      <t>ハイゾク</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>※2030年申請から「基幹」称号付与において必須となります</t>
     <phoneticPr fontId="2"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="176" formatCode="0;;"/>
     <numFmt numFmtId="177" formatCode="0.0"/>
   </numFmts>
   <fonts count="33">
     <font>
       <sz val="12"/>
       <name val="Osaka"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Osaka"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
@@ -2488,51 +2509,51 @@
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="186">
+  <cellXfs count="188">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="176" fontId="5" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
@@ -2716,50 +2737,57 @@
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
@@ -2786,350 +2814,350 @@
     <xf numFmtId="0" fontId="5" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="13" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="10" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="176" fontId="5" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="176" fontId="7" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="26" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="27" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="28" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="26" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" indent="1" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="27" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" indent="1" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="28" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" indent="1" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="5" fillId="0" borderId="12" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="176" fontId="5" fillId="0" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="176" fontId="5" fillId="0" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="176" fontId="5" fillId="0" borderId="13" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="176" fontId="5" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="176" fontId="5" fillId="0" borderId="10" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="20" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="21" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="22" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="23" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="24" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="25" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="20" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="22" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="30" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="31" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="23" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="25" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="26" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="27" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="28" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="20" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="177" fontId="6" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="22" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="177" fontId="6" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="177" fontId="6" fillId="0" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="177" fontId="6" fillId="0" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="11" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="30" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...12 lines deleted...]
-      <alignment horizontal="left" vertical="center" indent="1" shrinkToFit="1"/>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="9" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="27" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="left" vertical="center" indent="1" shrinkToFit="1"/>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="11" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="28" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="left" vertical="center" indent="1" shrinkToFit="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="177" fontId="6" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="177" fontId="6" fillId="0" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="177" fontId="6" fillId="0" borderId="11" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="177" fontId="6" fillId="0" borderId="29" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="15" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="16" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="16" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="177" fontId="6" fillId="0" borderId="17" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
-[...79 lines deleted...]
-      <protection locked="0"/>
+    <xf numFmtId="177" fontId="6" fillId="0" borderId="18" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="177" fontId="6" fillId="0" borderId="19" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="176" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="176" fontId="5" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...33 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
-    </xf>
-[...43 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="32" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+      <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="5" fillId="0" borderId="12" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="49" fontId="5" fillId="0" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="49" fontId="5" fillId="0" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="5" fillId="0" borderId="13" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="49" fontId="5" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="49" fontId="5" fillId="0" borderId="10" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="12" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="13" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="10" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="12" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="13" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="10" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="center" vertical="center"/>
-[...18 lines deleted...]
-    <xf numFmtId="49" fontId="5" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="標準" xfId="0" builtinId="0"/>
     <cellStyle name="標準 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="標準_1〜5施設申請書類" xfId="1" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00DD0806"/>
       <rgbColor rgb="001FB714"/>
@@ -3165,53 +3193,53 @@
       <rgbColor rgb="00CCFFFF"/>
       <rgbColor rgb="00CCFFCC"/>
       <rgbColor rgb="00FFFF99"/>
       <rgbColor rgb="0099CCFF"/>
       <rgbColor rgb="00FF99CC"/>
       <rgbColor rgb="00CC99FF"/>
       <rgbColor rgb="00FFCC99"/>
       <rgbColor rgb="003366FF"/>
       <rgbColor rgb="0033CCCC"/>
       <rgbColor rgb="0099CC00"/>
       <rgbColor rgb="00FFCC00"/>
       <rgbColor rgb="00FF9900"/>
       <rgbColor rgb="00FF6600"/>
       <rgbColor rgb="00666699"/>
       <rgbColor rgb="00969696"/>
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
     <mruColors>
+      <color rgb="FF0066FF"/>
       <color rgb="FFEBF8FF"/>
       <color rgb="FF3366FF"/>
-      <color rgb="FF0066FF"/>
       <color rgb="FFE1F4FF"/>
       <color rgb="FFFF66CC"/>
       <color rgb="FF0033CC"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///\\SERV1\user\&#9734;&#21463;&#20184;&#12539;&#24515;&#23554;&#38272;&#21307;&#30003;&#35531;&#38306;&#20418;&#9734;\&#30003;&#35531;&#25163;&#24341;&#12365;&#65286;HP&#26696;\&#30003;&#35531;&#26360;\&#24515;&#23554;&#38272;&#21307;&#30003;&#35531;&#26360;&#39006;&#65288;&#26032;&#35215;&#65289;2018.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/externalLink1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -3605,145 +3633,145 @@
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9EC69D84-D2B6-42A4-918B-7D5830DAAF9D}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:W56"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="L6" sqref="L6:M6"/>
+      <selection activeCell="E13" sqref="E13:Q14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="10.625" defaultRowHeight="12"/>
   <cols>
     <col min="1" max="18" width="4.375" style="7" customWidth="1"/>
     <col min="19" max="16384" width="10.625" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18" s="4" customFormat="1" ht="13.5" customHeight="1">
       <c r="A1" s="57"/>
       <c r="B1" s="3"/>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
       <c r="H1" s="3"/>
       <c r="I1" s="3"/>
       <c r="J1" s="3"/>
       <c r="K1" s="3"/>
       <c r="L1" s="3"/>
-      <c r="M1" s="87" t="s">
+      <c r="M1" s="89" t="s">
         <v>1</v>
       </c>
-      <c r="N1" s="87"/>
-[...3 lines deleted...]
-      <c r="R1" s="87"/>
+      <c r="N1" s="89"/>
+      <c r="O1" s="89"/>
+      <c r="P1" s="89"/>
+      <c r="Q1" s="89"/>
+      <c r="R1" s="89"/>
     </row>
     <row r="2" spans="1:18" ht="13.5" customHeight="1">
       <c r="A2" s="5"/>
       <c r="B2" s="5"/>
       <c r="C2" s="5"/>
       <c r="D2" s="5"/>
       <c r="E2" s="5"/>
       <c r="F2" s="5"/>
       <c r="G2" s="5"/>
       <c r="H2" s="5"/>
       <c r="I2" s="5"/>
       <c r="J2" s="5"/>
       <c r="K2" s="5"/>
       <c r="L2" s="5"/>
       <c r="M2" s="5"/>
       <c r="N2" s="5"/>
       <c r="O2" s="5"/>
       <c r="P2" s="5"/>
       <c r="Q2" s="5"/>
       <c r="R2" s="6" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="3" spans="1:18" ht="24.75" customHeight="1">
-      <c r="C3" s="88" t="s">
+      <c r="C3" s="90" t="s">
         <v>47</v>
       </c>
-      <c r="D3" s="88"/>
-[...11 lines deleted...]
-      <c r="P3" s="88"/>
+      <c r="D3" s="90"/>
+      <c r="E3" s="90"/>
+      <c r="F3" s="90"/>
+      <c r="G3" s="90"/>
+      <c r="H3" s="90"/>
+      <c r="I3" s="90"/>
+      <c r="J3" s="90"/>
+      <c r="K3" s="90"/>
+      <c r="L3" s="90"/>
+      <c r="M3" s="90"/>
+      <c r="N3" s="90"/>
+      <c r="O3" s="90"/>
+      <c r="P3" s="90"/>
       <c r="Q3" s="8"/>
     </row>
     <row r="4" spans="1:18" ht="24.75" customHeight="1">
-      <c r="C4" s="88"/>
-[...12 lines deleted...]
-      <c r="P4" s="88"/>
+      <c r="C4" s="90"/>
+      <c r="D4" s="90"/>
+      <c r="E4" s="90"/>
+      <c r="F4" s="90"/>
+      <c r="G4" s="90"/>
+      <c r="H4" s="90"/>
+      <c r="I4" s="90"/>
+      <c r="J4" s="90"/>
+      <c r="K4" s="90"/>
+      <c r="L4" s="90"/>
+      <c r="M4" s="90"/>
+      <c r="N4" s="90"/>
+      <c r="O4" s="90"/>
+      <c r="P4" s="90"/>
       <c r="Q4" s="8"/>
     </row>
     <row r="5" spans="1:18" ht="6.75" customHeight="1">
       <c r="F5" s="28"/>
     </row>
     <row r="6" spans="1:18" s="10" customFormat="1" ht="18" customHeight="1">
-      <c r="L6" s="81"/>
-      <c r="M6" s="89"/>
+      <c r="L6" s="83"/>
+      <c r="M6" s="91"/>
       <c r="N6" s="10" t="s">
         <v>9</v>
       </c>
       <c r="O6" s="1"/>
       <c r="P6" s="10" t="s">
         <v>6</v>
       </c>
       <c r="Q6" s="1"/>
       <c r="R6" s="10" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:18" ht="6.75" customHeight="1">
       <c r="F7" s="28"/>
     </row>
     <row r="8" spans="1:18" ht="13.5" customHeight="1">
       <c r="A8" s="38" t="s">
         <v>3</v>
       </c>
       <c r="P8" s="7" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="9" spans="1:18" ht="8.25" customHeight="1">
       <c r="A9" s="38"/>
@@ -3767,174 +3795,174 @@
       <c r="P10" s="12"/>
       <c r="Q10" s="12"/>
       <c r="R10" s="71"/>
     </row>
     <row r="11" spans="1:18" s="38" customFormat="1" ht="15" customHeight="1">
       <c r="B11" s="20" t="s">
         <v>7</v>
       </c>
       <c r="C11" s="12"/>
       <c r="E11" s="12"/>
       <c r="F11" s="12"/>
       <c r="G11" s="12"/>
       <c r="H11" s="12"/>
       <c r="I11" s="12"/>
       <c r="J11" s="12"/>
       <c r="K11" s="12"/>
       <c r="L11" s="12"/>
       <c r="M11" s="12"/>
       <c r="N11" s="12"/>
       <c r="O11" s="12"/>
       <c r="P11" s="12"/>
       <c r="Q11" s="12"/>
     </row>
     <row r="12" spans="1:18" ht="15" customHeight="1"/>
     <row r="13" spans="1:18" ht="16.5" customHeight="1">
-      <c r="B13" s="90" t="s">
+      <c r="B13" s="92" t="s">
         <v>11</v>
       </c>
-      <c r="C13" s="90"/>
-[...13 lines deleted...]
-      <c r="Q13" s="93"/>
+      <c r="C13" s="92"/>
+      <c r="D13" s="92"/>
+      <c r="E13" s="93"/>
+      <c r="F13" s="94"/>
+      <c r="G13" s="94"/>
+      <c r="H13" s="94"/>
+      <c r="I13" s="94"/>
+      <c r="J13" s="94"/>
+      <c r="K13" s="94"/>
+      <c r="L13" s="94"/>
+      <c r="M13" s="94"/>
+      <c r="N13" s="94"/>
+      <c r="O13" s="94"/>
+      <c r="P13" s="94"/>
+      <c r="Q13" s="95"/>
     </row>
     <row r="14" spans="1:18" ht="16.5" customHeight="1">
-      <c r="B14" s="90"/>
-[...14 lines deleted...]
-      <c r="Q14" s="96"/>
+      <c r="B14" s="92"/>
+      <c r="C14" s="92"/>
+      <c r="D14" s="92"/>
+      <c r="E14" s="96"/>
+      <c r="F14" s="97"/>
+      <c r="G14" s="97"/>
+      <c r="H14" s="97"/>
+      <c r="I14" s="97"/>
+      <c r="J14" s="97"/>
+      <c r="K14" s="97"/>
+      <c r="L14" s="97"/>
+      <c r="M14" s="97"/>
+      <c r="N14" s="97"/>
+      <c r="O14" s="97"/>
+      <c r="P14" s="97"/>
+      <c r="Q14" s="98"/>
     </row>
     <row r="15" spans="1:18" ht="6.95" customHeight="1">
       <c r="B15" s="12"/>
       <c r="C15" s="12"/>
       <c r="D15" s="12"/>
     </row>
     <row r="16" spans="1:18" ht="13.5" customHeight="1">
-      <c r="B16" s="90" t="s">
+      <c r="B16" s="92" t="s">
         <v>48</v>
       </c>
-      <c r="C16" s="90"/>
-[...1 lines deleted...]
-      <c r="E16" s="91" t="s">
+      <c r="C16" s="92"/>
+      <c r="D16" s="92"/>
+      <c r="E16" s="93" t="s">
         <v>41</v>
       </c>
-      <c r="F16" s="92"/>
-[...7 lines deleted...]
-      <c r="L16" s="93"/>
+      <c r="F16" s="94"/>
+      <c r="G16" s="95"/>
+      <c r="H16" s="99" t="s">
+        <v>110</v>
+      </c>
+      <c r="I16" s="100"/>
+      <c r="J16" s="93"/>
+      <c r="K16" s="94"/>
+      <c r="L16" s="95"/>
     </row>
     <row r="17" spans="1:23" ht="13.5" customHeight="1">
-      <c r="B17" s="90"/>
-[...9 lines deleted...]
-      <c r="L17" s="96"/>
+      <c r="B17" s="92"/>
+      <c r="C17" s="92"/>
+      <c r="D17" s="92"/>
+      <c r="E17" s="96"/>
+      <c r="F17" s="97"/>
+      <c r="G17" s="98"/>
+      <c r="H17" s="101"/>
+      <c r="I17" s="100"/>
+      <c r="J17" s="96"/>
+      <c r="K17" s="97"/>
+      <c r="L17" s="98"/>
     </row>
     <row r="18" spans="1:23" ht="6.95" customHeight="1"/>
     <row r="19" spans="1:23" ht="16.5" customHeight="1">
       <c r="A19" s="26"/>
       <c r="B19" s="12"/>
       <c r="C19" s="12"/>
       <c r="D19" s="12"/>
-      <c r="E19" s="91"/>
-[...11 lines deleted...]
-      <c r="Q19" s="93"/>
+      <c r="E19" s="93"/>
+      <c r="F19" s="94"/>
+      <c r="G19" s="94"/>
+      <c r="H19" s="94"/>
+      <c r="I19" s="94"/>
+      <c r="J19" s="94"/>
+      <c r="K19" s="94"/>
+      <c r="L19" s="94"/>
+      <c r="M19" s="94"/>
+      <c r="N19" s="94"/>
+      <c r="O19" s="94"/>
+      <c r="P19" s="94"/>
+      <c r="Q19" s="95"/>
     </row>
     <row r="20" spans="1:23" ht="16.5" customHeight="1">
       <c r="B20" s="12"/>
       <c r="C20" s="12"/>
       <c r="D20" s="12"/>
-      <c r="E20" s="94"/>
-[...11 lines deleted...]
-      <c r="Q20" s="96"/>
+      <c r="E20" s="96"/>
+      <c r="F20" s="97"/>
+      <c r="G20" s="97"/>
+      <c r="H20" s="97"/>
+      <c r="I20" s="97"/>
+      <c r="J20" s="97"/>
+      <c r="K20" s="97"/>
+      <c r="L20" s="97"/>
+      <c r="M20" s="97"/>
+      <c r="N20" s="97"/>
+      <c r="O20" s="97"/>
+      <c r="P20" s="97"/>
+      <c r="Q20" s="98"/>
     </row>
     <row r="21" spans="1:23" ht="6.95" customHeight="1"/>
     <row r="22" spans="1:23" ht="21" customHeight="1">
       <c r="B22" s="12" t="s">
         <v>49</v>
       </c>
-      <c r="E22" s="84"/>
-[...5 lines deleted...]
-      <c r="K22" s="86"/>
+      <c r="E22" s="86"/>
+      <c r="F22" s="87"/>
+      <c r="G22" s="87"/>
+      <c r="H22" s="87"/>
+      <c r="I22" s="87"/>
+      <c r="J22" s="87"/>
+      <c r="K22" s="88"/>
     </row>
     <row r="23" spans="1:23" ht="6.6" customHeight="1"/>
     <row r="24" spans="1:23" ht="15.75" customHeight="1">
       <c r="B24" s="7" t="s">
         <v>54</v>
       </c>
       <c r="E24" s="1"/>
       <c r="F24" s="12" t="s">
         <v>12</v>
       </c>
       <c r="H24" s="1"/>
       <c r="I24" s="12" t="s">
         <v>13</v>
       </c>
       <c r="K24" s="1"/>
       <c r="L24" s="12" t="s">
         <v>62</v>
       </c>
       <c r="N24" s="14" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="25" spans="1:23" ht="13.5">
       <c r="D25" s="21"/>
       <c r="E25" s="45" t="s">
@@ -4001,51 +4029,51 @@
     <row r="31" spans="1:23" ht="13.5" customHeight="1">
       <c r="B31" s="10"/>
       <c r="C31" s="21" t="s">
         <v>88</v>
       </c>
       <c r="D31" s="21"/>
       <c r="E31" s="21"/>
       <c r="F31" s="21"/>
       <c r="G31" s="21"/>
       <c r="H31" s="21"/>
       <c r="I31" s="21"/>
       <c r="J31" s="21"/>
       <c r="K31" s="21"/>
       <c r="L31" s="21"/>
       <c r="M31" s="21"/>
       <c r="N31" s="21"/>
       <c r="O31" s="21"/>
       <c r="P31" s="21"/>
       <c r="Q31" s="21"/>
       <c r="R31" s="21"/>
       <c r="S31" s="21"/>
     </row>
     <row r="32" spans="1:23" s="21" customFormat="1" ht="11.25">
       <c r="B32" s="74"/>
       <c r="D32" s="14" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
     </row>
     <row r="33" spans="2:19" ht="6.95" customHeight="1">
       <c r="C33" s="21"/>
       <c r="D33" s="21"/>
       <c r="E33" s="21"/>
       <c r="F33" s="21"/>
       <c r="G33" s="21"/>
       <c r="H33" s="21"/>
       <c r="I33" s="21"/>
       <c r="J33" s="21"/>
       <c r="K33" s="21"/>
       <c r="L33" s="21"/>
       <c r="M33" s="21"/>
       <c r="N33" s="21"/>
       <c r="O33" s="21"/>
       <c r="P33" s="21"/>
       <c r="Q33" s="21"/>
       <c r="R33" s="21"/>
       <c r="S33" s="21"/>
     </row>
     <row r="34" spans="2:19" ht="16.5" customHeight="1">
       <c r="B34" s="10" t="s">
         <v>53</v>
       </c>
@@ -4056,166 +4084,166 @@
       <c r="E34" s="21"/>
       <c r="F34" s="21"/>
       <c r="G34" s="21"/>
       <c r="H34" s="21"/>
       <c r="I34" s="21"/>
       <c r="J34" s="21"/>
       <c r="K34" s="21"/>
       <c r="L34" s="21"/>
       <c r="M34" s="21"/>
       <c r="N34" s="21"/>
       <c r="O34" s="21"/>
       <c r="P34" s="21"/>
       <c r="Q34" s="21"/>
       <c r="R34" s="21"/>
       <c r="S34" s="21"/>
     </row>
     <row r="35" spans="2:19" s="21" customFormat="1" ht="11.25">
       <c r="B35" s="74"/>
       <c r="D35" s="14" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="36" spans="2:19" s="21" customFormat="1" ht="10.5" customHeight="1">
       <c r="B36" s="74"/>
       <c r="D36" s="14" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
     </row>
     <row r="37" spans="2:19" ht="9.6" customHeight="1">
       <c r="C37" s="21"/>
       <c r="D37" s="21"/>
       <c r="E37" s="21"/>
       <c r="F37" s="21"/>
       <c r="G37" s="21"/>
       <c r="H37" s="21"/>
       <c r="I37" s="21"/>
       <c r="J37" s="21"/>
       <c r="K37" s="21"/>
       <c r="L37" s="21"/>
       <c r="M37" s="21"/>
       <c r="N37" s="21"/>
       <c r="O37" s="21"/>
       <c r="P37" s="21"/>
       <c r="Q37" s="21"/>
       <c r="R37" s="21"/>
       <c r="S37" s="21"/>
     </row>
     <row r="38" spans="2:19" s="51" customFormat="1" ht="14.25" customHeight="1">
       <c r="B38" s="75" t="s">
         <v>53</v>
       </c>
       <c r="C38" s="15" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="D38" s="15"/>
       <c r="E38" s="15"/>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15"/>
       <c r="I38" s="15"/>
       <c r="J38" s="15"/>
       <c r="K38" s="15"/>
       <c r="L38" s="15"/>
       <c r="M38" s="15"/>
       <c r="N38" s="15"/>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38" s="15"/>
       <c r="S38" s="15"/>
     </row>
     <row r="39" spans="2:19" s="78" customFormat="1" ht="12" customHeight="1">
       <c r="B39" s="76"/>
       <c r="C39" s="77" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="D39" s="77"/>
       <c r="E39" s="77"/>
       <c r="F39" s="77"/>
       <c r="G39" s="77"/>
       <c r="H39" s="77"/>
       <c r="I39" s="77"/>
       <c r="J39" s="77"/>
       <c r="K39" s="77"/>
       <c r="L39" s="77"/>
       <c r="M39" s="77"/>
       <c r="N39" s="77"/>
       <c r="O39" s="77"/>
       <c r="P39" s="77"/>
       <c r="Q39" s="77"/>
       <c r="R39" s="77"/>
       <c r="S39" s="77"/>
     </row>
     <row r="40" spans="2:19" s="78" customFormat="1" ht="12" customHeight="1">
       <c r="B40" s="76"/>
       <c r="C40" s="77" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="D40" s="77"/>
       <c r="E40" s="77"/>
       <c r="F40" s="77"/>
       <c r="G40" s="77"/>
       <c r="H40" s="77"/>
       <c r="I40" s="77"/>
       <c r="J40" s="77"/>
       <c r="K40" s="77"/>
       <c r="L40" s="77"/>
       <c r="M40" s="77"/>
       <c r="N40" s="77"/>
       <c r="O40" s="77"/>
       <c r="P40" s="77"/>
       <c r="Q40" s="77"/>
       <c r="R40" s="77"/>
       <c r="S40" s="77"/>
     </row>
     <row r="41" spans="2:19" s="21" customFormat="1" ht="12.75" customHeight="1">
       <c r="B41" s="14"/>
       <c r="C41" s="14"/>
       <c r="D41" s="14" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="E41" s="14"/>
       <c r="F41" s="14"/>
       <c r="G41" s="14"/>
       <c r="H41" s="14"/>
       <c r="I41" s="14"/>
       <c r="J41" s="14"/>
       <c r="K41" s="14"/>
       <c r="L41" s="14"/>
       <c r="M41" s="14"/>
       <c r="N41" s="14"/>
       <c r="O41" s="14"/>
       <c r="P41" s="14"/>
       <c r="Q41" s="14"/>
       <c r="R41" s="14"/>
     </row>
     <row r="42" spans="2:19" s="21" customFormat="1" ht="10.5" customHeight="1">
       <c r="B42" s="14"/>
       <c r="C42" s="14"/>
       <c r="D42" s="14" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="E42" s="14"/>
       <c r="F42" s="14"/>
       <c r="G42" s="14"/>
       <c r="H42" s="14"/>
       <c r="I42" s="14"/>
       <c r="J42" s="14"/>
       <c r="K42" s="14"/>
       <c r="L42" s="14"/>
       <c r="M42" s="14"/>
       <c r="N42" s="14"/>
       <c r="O42" s="14"/>
       <c r="P42" s="14"/>
       <c r="Q42" s="14"/>
       <c r="R42" s="14"/>
     </row>
     <row r="43" spans="2:19" s="21" customFormat="1" ht="9.6" customHeight="1">
       <c r="B43" s="14"/>
       <c r="C43" s="14"/>
       <c r="D43" s="14"/>
       <c r="E43" s="14"/>
       <c r="F43" s="14"/>
       <c r="G43" s="14"/>
       <c r="H43" s="14"/>
       <c r="I43" s="14"/>
@@ -4233,106 +4261,106 @@
         <v>53</v>
       </c>
       <c r="C44" s="21" t="s">
         <v>72</v>
       </c>
       <c r="D44" s="21"/>
       <c r="E44" s="21"/>
       <c r="F44" s="21"/>
       <c r="G44" s="21"/>
       <c r="H44" s="21"/>
       <c r="I44" s="21"/>
       <c r="J44" s="21"/>
       <c r="K44" s="21"/>
       <c r="L44" s="21"/>
       <c r="M44" s="21"/>
       <c r="N44" s="21"/>
       <c r="O44" s="21"/>
       <c r="P44" s="21"/>
       <c r="Q44" s="21"/>
       <c r="R44" s="21"/>
       <c r="S44" s="21"/>
     </row>
     <row r="45" spans="2:19" s="21" customFormat="1" ht="11.25">
       <c r="B45" s="74"/>
       <c r="D45" s="14" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
     </row>
     <row r="46" spans="2:19" s="21" customFormat="1" ht="10.5" customHeight="1">
       <c r="B46" s="74"/>
       <c r="D46" s="14" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
     </row>
     <row r="47" spans="2:19" ht="9.6" customHeight="1">
       <c r="C47" s="21"/>
       <c r="D47" s="21"/>
       <c r="E47" s="21"/>
       <c r="F47" s="21"/>
       <c r="G47" s="21"/>
       <c r="H47" s="21"/>
       <c r="I47" s="21"/>
       <c r="J47" s="21"/>
       <c r="K47" s="21"/>
       <c r="L47" s="21"/>
       <c r="M47" s="21"/>
       <c r="N47" s="21"/>
       <c r="O47" s="21"/>
       <c r="P47" s="21"/>
       <c r="Q47" s="21"/>
       <c r="R47" s="21"/>
       <c r="S47" s="21"/>
     </row>
     <row r="48" spans="2:19" ht="13.5" customHeight="1">
       <c r="B48" s="10" t="s">
         <v>53</v>
       </c>
       <c r="C48" s="21" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="D48" s="21"/>
       <c r="E48" s="21"/>
       <c r="F48" s="21"/>
       <c r="G48" s="21"/>
       <c r="H48" s="21"/>
       <c r="I48" s="21"/>
       <c r="J48" s="21"/>
       <c r="K48" s="21"/>
       <c r="L48" s="21"/>
       <c r="M48" s="21"/>
       <c r="N48" s="21"/>
       <c r="O48" s="21"/>
       <c r="P48" s="21"/>
       <c r="Q48" s="21"/>
       <c r="R48" s="21"/>
       <c r="S48" s="21"/>
     </row>
     <row r="49" spans="1:19">
       <c r="B49" s="10"/>
       <c r="C49" s="21" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="D49" s="21"/>
       <c r="E49" s="21"/>
       <c r="F49" s="21"/>
       <c r="G49" s="21"/>
       <c r="H49" s="21"/>
       <c r="I49" s="21"/>
       <c r="J49" s="21"/>
       <c r="K49" s="21"/>
       <c r="L49" s="21"/>
       <c r="M49" s="21"/>
       <c r="N49" s="21"/>
       <c r="O49" s="21"/>
       <c r="P49" s="21"/>
       <c r="Q49" s="21"/>
       <c r="R49" s="21"/>
       <c r="S49" s="21"/>
     </row>
     <row r="50" spans="1:19" s="21" customFormat="1" ht="12.95" customHeight="1">
       <c r="B50" s="74"/>
       <c r="D50" s="14" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="51" spans="1:19" ht="6.95" customHeight="1">
@@ -4364,3607 +4392,3738 @@
       <c r="D52" s="21"/>
       <c r="E52" s="21"/>
       <c r="F52" s="21"/>
       <c r="G52" s="21"/>
       <c r="H52" s="21"/>
       <c r="I52" s="21"/>
       <c r="J52" s="21"/>
       <c r="K52" s="21"/>
       <c r="L52" s="21"/>
       <c r="M52" s="21"/>
       <c r="N52" s="21"/>
       <c r="O52" s="21"/>
       <c r="P52" s="21"/>
       <c r="Q52" s="21"/>
       <c r="R52" s="21"/>
       <c r="S52" s="21"/>
     </row>
     <row r="53" spans="1:19" ht="28.5" customHeight="1">
       <c r="A53" s="10"/>
     </row>
     <row r="54" spans="1:19" ht="32.25" customHeight="1">
       <c r="A54" s="10"/>
       <c r="H54" s="28" t="s">
         <v>78</v>
       </c>
-      <c r="I54" s="81"/>
-[...4 lines deleted...]
-      <c r="N54" s="83"/>
+      <c r="I54" s="83"/>
+      <c r="J54" s="84"/>
+      <c r="K54" s="84"/>
+      <c r="L54" s="84"/>
+      <c r="M54" s="84"/>
+      <c r="N54" s="85"/>
       <c r="O54" s="43" t="s">
         <v>77</v>
       </c>
       <c r="P54" s="21" t="s">
         <v>76</v>
       </c>
       <c r="Q54" s="21"/>
       <c r="R54" s="21"/>
     </row>
     <row r="55" spans="1:19" ht="5.0999999999999996" customHeight="1">
       <c r="A55" s="10"/>
       <c r="H55" s="28"/>
       <c r="I55" s="10"/>
       <c r="J55" s="10"/>
       <c r="K55" s="10"/>
       <c r="L55" s="10"/>
       <c r="M55" s="10"/>
       <c r="N55" s="10"/>
       <c r="O55" s="43"/>
       <c r="P55" s="21"/>
       <c r="Q55" s="21"/>
       <c r="R55" s="21"/>
     </row>
     <row r="56" spans="1:19" ht="12" customHeight="1">
       <c r="H56" s="44" t="s">
         <v>79</v>
       </c>
       <c r="P56" s="79"/>
       <c r="Q56" s="21"/>
       <c r="R56" s="21"/>
       <c r="S56" s="21"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="zpxIbt9WE997lP0js5+ja5lhohmq8RrxD0vX8XqpjpDs0J/VfhmWkLl2XXesxrTC77133kMhOiNjQPuU5Ewe/Q==" saltValue="EXRTZD1IvZxqlKZtcQ/2bw==" spinCount="100000" sheet="1" selectLockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="S5QRQjgG7VN2aBIEfCiDtYbSYjuEdAkisgmyPIJD4RKAKlkrMOF75ld1oxv5W3X/xsGNaYdfOs6FfO2hBhMi3w==" saltValue="qmWMGwK0NcpMZbbI6zKxZw==" spinCount="100000" sheet="1" selectLockedCells="1"/>
   <mergeCells count="12">
     <mergeCell ref="I54:N54"/>
     <mergeCell ref="E22:K22"/>
     <mergeCell ref="M1:R1"/>
     <mergeCell ref="C3:P4"/>
     <mergeCell ref="L6:M6"/>
     <mergeCell ref="B13:D14"/>
     <mergeCell ref="E13:Q14"/>
     <mergeCell ref="B16:D17"/>
     <mergeCell ref="E16:G17"/>
     <mergeCell ref="J16:L17"/>
     <mergeCell ref="E19:Q20"/>
     <mergeCell ref="H16:I17"/>
   </mergeCells>
   <phoneticPr fontId="2"/>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="H24 K24 E24" xr:uid="{73F517F5-EB04-4DF5-AF3E-0BA7A351FF5C}">
       <formula1>"○"</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.74803149606299213" right="0.78740157480314965" top="0.51181102362204722" bottom="0.59055118110236227" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1F616D1B-0BD2-4110-A49A-CD77C472C71C}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:R59"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="L6" sqref="L6:M6"/>
+      <selection activeCell="D8" sqref="D8:P9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="10.625" defaultRowHeight="12"/>
   <cols>
     <col min="1" max="18" width="4.375" style="7" customWidth="1"/>
     <col min="19" max="16384" width="10.625" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18" s="4" customFormat="1" ht="13.5" customHeight="1">
       <c r="A1" s="57"/>
       <c r="B1" s="3"/>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
       <c r="H1" s="3"/>
       <c r="I1" s="3"/>
       <c r="J1" s="3"/>
       <c r="K1" s="3"/>
       <c r="L1" s="3"/>
-      <c r="M1" s="87" t="s">
+      <c r="M1" s="89" t="s">
         <v>1</v>
       </c>
-      <c r="N1" s="87"/>
-[...3 lines deleted...]
-      <c r="R1" s="87"/>
+      <c r="N1" s="89"/>
+      <c r="O1" s="89"/>
+      <c r="P1" s="89"/>
+      <c r="Q1" s="89"/>
+      <c r="R1" s="89"/>
     </row>
     <row r="2" spans="1:18" ht="13.5" customHeight="1">
       <c r="A2" s="5"/>
       <c r="B2" s="5"/>
       <c r="C2" s="5"/>
       <c r="D2" s="5"/>
       <c r="E2" s="5"/>
       <c r="F2" s="5"/>
       <c r="G2" s="5"/>
       <c r="H2" s="5"/>
       <c r="I2" s="5"/>
       <c r="J2" s="5"/>
       <c r="K2" s="5"/>
       <c r="L2" s="5"/>
       <c r="M2" s="5"/>
       <c r="N2" s="5"/>
       <c r="O2" s="5"/>
       <c r="P2" s="5"/>
       <c r="Q2" s="5"/>
       <c r="R2" s="6" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="3" spans="1:18" ht="15" customHeight="1">
-      <c r="C3" s="129" t="s">
+      <c r="C3" s="110" t="s">
         <v>50</v>
       </c>
-      <c r="D3" s="129"/>
-[...11 lines deleted...]
-      <c r="P3" s="129"/>
+      <c r="D3" s="110"/>
+      <c r="E3" s="110"/>
+      <c r="F3" s="110"/>
+      <c r="G3" s="110"/>
+      <c r="H3" s="110"/>
+      <c r="I3" s="110"/>
+      <c r="J3" s="110"/>
+      <c r="K3" s="110"/>
+      <c r="L3" s="110"/>
+      <c r="M3" s="110"/>
+      <c r="N3" s="110"/>
+      <c r="O3" s="110"/>
+      <c r="P3" s="110"/>
     </row>
     <row r="4" spans="1:18" ht="21" customHeight="1">
-      <c r="C4" s="129"/>
-[...12 lines deleted...]
-      <c r="P4" s="129"/>
+      <c r="C4" s="110"/>
+      <c r="D4" s="110"/>
+      <c r="E4" s="110"/>
+      <c r="F4" s="110"/>
+      <c r="G4" s="110"/>
+      <c r="H4" s="110"/>
+      <c r="I4" s="110"/>
+      <c r="J4" s="110"/>
+      <c r="K4" s="110"/>
+      <c r="L4" s="110"/>
+      <c r="M4" s="110"/>
+      <c r="N4" s="110"/>
+      <c r="O4" s="110"/>
+      <c r="P4" s="110"/>
     </row>
     <row r="5" spans="1:18" ht="6.75" customHeight="1">
       <c r="F5" s="28"/>
     </row>
     <row r="6" spans="1:18" s="10" customFormat="1" ht="18.95" customHeight="1">
-      <c r="L6" s="127">
+      <c r="L6" s="102">
         <f>'１'!L6</f>
         <v>0</v>
       </c>
-      <c r="M6" s="128"/>
+      <c r="M6" s="103"/>
       <c r="N6" s="10" t="s">
         <v>9</v>
       </c>
       <c r="O6" s="2">
         <f>'１'!O6</f>
         <v>0</v>
       </c>
       <c r="P6" s="10" t="s">
         <v>6</v>
       </c>
       <c r="Q6" s="2">
         <f>'１'!Q6</f>
         <v>0</v>
       </c>
       <c r="R6" s="10" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:18" ht="6.75" customHeight="1">
       <c r="F7" s="28"/>
     </row>
     <row r="8" spans="1:18" ht="15.75" customHeight="1">
-      <c r="A8" s="98" t="s">
+      <c r="A8" s="100" t="s">
         <v>11</v>
       </c>
-      <c r="B8" s="98"/>
-[...1 lines deleted...]
-      <c r="D8" s="130">
+      <c r="B8" s="100"/>
+      <c r="C8" s="100"/>
+      <c r="D8" s="111">
         <f>'１'!E13</f>
         <v>0</v>
       </c>
-      <c r="E8" s="131"/>
-[...10 lines deleted...]
-      <c r="P8" s="132"/>
+      <c r="E8" s="112"/>
+      <c r="F8" s="112"/>
+      <c r="G8" s="112"/>
+      <c r="H8" s="112"/>
+      <c r="I8" s="112"/>
+      <c r="J8" s="112"/>
+      <c r="K8" s="112"/>
+      <c r="L8" s="112"/>
+      <c r="M8" s="112"/>
+      <c r="N8" s="112"/>
+      <c r="O8" s="112"/>
+      <c r="P8" s="113"/>
     </row>
     <row r="9" spans="1:18" ht="15.75" customHeight="1">
-      <c r="A9" s="98"/>
-[...14 lines deleted...]
-      <c r="P9" s="135"/>
+      <c r="A9" s="100"/>
+      <c r="B9" s="100"/>
+      <c r="C9" s="100"/>
+      <c r="D9" s="114"/>
+      <c r="E9" s="115"/>
+      <c r="F9" s="115"/>
+      <c r="G9" s="115"/>
+      <c r="H9" s="115"/>
+      <c r="I9" s="115"/>
+      <c r="J9" s="115"/>
+      <c r="K9" s="115"/>
+      <c r="L9" s="115"/>
+      <c r="M9" s="115"/>
+      <c r="N9" s="115"/>
+      <c r="O9" s="115"/>
+      <c r="P9" s="116"/>
     </row>
     <row r="10" spans="1:18" ht="13.5" customHeight="1">
       <c r="A10" s="38"/>
     </row>
     <row r="11" spans="1:18" s="51" customFormat="1" ht="42" customHeight="1">
       <c r="B11" s="58" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="12" spans="1:18" s="51" customFormat="1" ht="18.600000000000001" customHeight="1">
-      <c r="B12" s="121" t="s">
-[...16 lines deleted...]
-      <c r="Q12" s="121"/>
+      <c r="B12" s="132" t="s">
+        <v>120</v>
+      </c>
+      <c r="C12" s="132"/>
+      <c r="D12" s="132"/>
+      <c r="E12" s="132"/>
+      <c r="F12" s="132"/>
+      <c r="G12" s="132"/>
+      <c r="H12" s="132"/>
+      <c r="I12" s="132"/>
+      <c r="J12" s="132"/>
+      <c r="K12" s="132"/>
+      <c r="L12" s="132"/>
+      <c r="M12" s="132"/>
+      <c r="N12" s="132"/>
+      <c r="O12" s="132"/>
+      <c r="P12" s="132"/>
+      <c r="Q12" s="132"/>
     </row>
     <row r="13" spans="1:18" s="51" customFormat="1" ht="15" customHeight="1">
-      <c r="B13" s="123" t="s">
-[...16 lines deleted...]
-      <c r="Q13" s="123"/>
+      <c r="B13" s="134" t="s">
+        <v>121</v>
+      </c>
+      <c r="C13" s="134"/>
+      <c r="D13" s="134"/>
+      <c r="E13" s="134"/>
+      <c r="F13" s="134"/>
+      <c r="G13" s="134"/>
+      <c r="H13" s="134"/>
+      <c r="I13" s="134"/>
+      <c r="J13" s="134"/>
+      <c r="K13" s="134"/>
+      <c r="L13" s="134"/>
+      <c r="M13" s="134"/>
+      <c r="N13" s="134"/>
+      <c r="O13" s="134"/>
+      <c r="P13" s="134"/>
+      <c r="Q13" s="134"/>
     </row>
     <row r="14" spans="1:18" s="51" customFormat="1" ht="16.5" customHeight="1">
-      <c r="B14" s="122" t="s">
-[...17 lines deleted...]
-      <c r="R14" s="122"/>
+      <c r="B14" s="133" t="s">
+        <v>119</v>
+      </c>
+      <c r="C14" s="133"/>
+      <c r="D14" s="133"/>
+      <c r="E14" s="133"/>
+      <c r="F14" s="133"/>
+      <c r="G14" s="133"/>
+      <c r="H14" s="133"/>
+      <c r="I14" s="133"/>
+      <c r="J14" s="133"/>
+      <c r="K14" s="133"/>
+      <c r="L14" s="133"/>
+      <c r="M14" s="133"/>
+      <c r="N14" s="133"/>
+      <c r="O14" s="133"/>
+      <c r="P14" s="133"/>
+      <c r="Q14" s="133"/>
+      <c r="R14" s="133"/>
     </row>
     <row r="15" spans="1:18" ht="7.5" customHeight="1">
       <c r="B15" s="59"/>
       <c r="C15" s="59"/>
       <c r="D15" s="60"/>
       <c r="E15" s="60"/>
       <c r="F15" s="60"/>
       <c r="G15" s="60"/>
       <c r="H15" s="60"/>
       <c r="I15" s="60"/>
       <c r="J15" s="60"/>
       <c r="K15" s="60"/>
       <c r="L15" s="60"/>
       <c r="M15" s="60"/>
       <c r="N15" s="60"/>
       <c r="O15" s="60"/>
       <c r="P15" s="60"/>
       <c r="Q15" s="60"/>
       <c r="R15" s="60"/>
     </row>
     <row r="16" spans="1:18" ht="13.5" customHeight="1">
       <c r="C16" s="59"/>
       <c r="D16" s="59"/>
-      <c r="E16" s="114" t="s">
+      <c r="E16" s="125" t="s">
         <v>4</v>
       </c>
-      <c r="F16" s="115"/>
-[...6 lines deleted...]
-      <c r="M16" s="112" t="s">
+      <c r="F16" s="117"/>
+      <c r="G16" s="118"/>
+      <c r="H16" s="118"/>
+      <c r="I16" s="118"/>
+      <c r="J16" s="118"/>
+      <c r="K16" s="118"/>
+      <c r="L16" s="119"/>
+      <c r="M16" s="123" t="s">
         <v>38</v>
       </c>
-      <c r="N16" s="113" t="s">
+      <c r="N16" s="124" t="s">
         <v>42</v>
       </c>
-      <c r="O16" s="113"/>
-      <c r="P16" s="113"/>
+      <c r="O16" s="124"/>
+      <c r="P16" s="124"/>
       <c r="R16" s="21"/>
     </row>
     <row r="17" spans="2:18" ht="13.5" customHeight="1">
-      <c r="B17" s="103" t="s">
+      <c r="B17" s="126" t="s">
         <v>68</v>
       </c>
-      <c r="C17" s="104"/>
+      <c r="C17" s="127"/>
       <c r="D17" s="59"/>
-      <c r="E17" s="114"/>
-[...10 lines deleted...]
-      <c r="P17" s="113"/>
+      <c r="E17" s="125"/>
+      <c r="F17" s="120"/>
+      <c r="G17" s="121"/>
+      <c r="H17" s="121"/>
+      <c r="I17" s="121"/>
+      <c r="J17" s="121"/>
+      <c r="K17" s="121"/>
+      <c r="L17" s="122"/>
+      <c r="M17" s="123"/>
+      <c r="N17" s="124"/>
+      <c r="O17" s="124"/>
+      <c r="P17" s="124"/>
       <c r="R17" s="21"/>
     </row>
     <row r="18" spans="2:18" ht="6.75" customHeight="1">
-      <c r="B18" s="105"/>
-      <c r="C18" s="106"/>
+      <c r="B18" s="128"/>
+      <c r="C18" s="129"/>
       <c r="D18" s="59"/>
       <c r="E18" s="61"/>
       <c r="F18" s="12"/>
       <c r="G18" s="12"/>
       <c r="H18" s="12"/>
       <c r="I18" s="12"/>
       <c r="J18" s="12"/>
       <c r="K18" s="12"/>
       <c r="L18" s="62"/>
       <c r="M18" s="61"/>
       <c r="N18" s="61"/>
       <c r="O18" s="61"/>
       <c r="P18" s="61"/>
       <c r="Q18" s="61"/>
     </row>
     <row r="19" spans="2:18" ht="18" customHeight="1">
-      <c r="B19" s="105"/>
-      <c r="C19" s="106"/>
+      <c r="B19" s="128"/>
+      <c r="C19" s="129"/>
       <c r="D19" s="59"/>
       <c r="E19" s="63"/>
       <c r="F19" s="12" t="s">
         <v>63</v>
       </c>
-      <c r="M19" s="124"/>
-[...1 lines deleted...]
-      <c r="O19" s="126"/>
+      <c r="M19" s="104"/>
+      <c r="N19" s="105"/>
+      <c r="O19" s="106"/>
     </row>
     <row r="20" spans="2:18" s="21" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B20" s="105"/>
-      <c r="C20" s="106"/>
+      <c r="B20" s="128"/>
+      <c r="C20" s="129"/>
       <c r="D20" s="63"/>
       <c r="E20" s="63"/>
       <c r="F20" s="64" t="s">
         <v>65</v>
       </c>
       <c r="H20" s="65"/>
       <c r="I20" s="61"/>
       <c r="J20" s="61"/>
       <c r="K20" s="61"/>
       <c r="L20" s="61"/>
       <c r="M20" s="61"/>
       <c r="N20" s="61"/>
       <c r="O20" s="61"/>
       <c r="P20" s="61"/>
       <c r="Q20" s="61"/>
       <c r="R20" s="61"/>
     </row>
     <row r="21" spans="2:18" ht="5.25" customHeight="1">
-      <c r="B21" s="105"/>
-      <c r="C21" s="106"/>
+      <c r="B21" s="128"/>
+      <c r="C21" s="129"/>
       <c r="D21" s="59"/>
       <c r="E21" s="63"/>
     </row>
     <row r="22" spans="2:18" ht="18" customHeight="1">
-      <c r="B22" s="107"/>
-      <c r="C22" s="108"/>
+      <c r="B22" s="130"/>
+      <c r="C22" s="131"/>
       <c r="D22" s="59"/>
       <c r="E22" s="61" t="s">
         <v>93</v>
       </c>
-      <c r="G22" s="109"/>
-[...8 lines deleted...]
-      <c r="P22" s="111"/>
+      <c r="G22" s="107"/>
+      <c r="H22" s="108"/>
+      <c r="I22" s="108"/>
+      <c r="J22" s="108"/>
+      <c r="K22" s="108"/>
+      <c r="L22" s="108"/>
+      <c r="M22" s="108"/>
+      <c r="N22" s="108"/>
+      <c r="O22" s="108"/>
+      <c r="P22" s="109"/>
     </row>
     <row r="23" spans="2:18" ht="3.75" customHeight="1">
       <c r="B23" s="59"/>
       <c r="C23" s="59"/>
       <c r="D23" s="59"/>
       <c r="E23" s="63"/>
     </row>
     <row r="24" spans="2:18" ht="18" customHeight="1">
       <c r="B24" s="66"/>
       <c r="C24" s="66"/>
       <c r="D24" s="59"/>
       <c r="E24" s="61" t="s">
         <v>64</v>
       </c>
-      <c r="G24" s="109"/>
-[...8 lines deleted...]
-      <c r="P24" s="111"/>
+      <c r="G24" s="107"/>
+      <c r="H24" s="108"/>
+      <c r="I24" s="108"/>
+      <c r="J24" s="108"/>
+      <c r="K24" s="108"/>
+      <c r="L24" s="108"/>
+      <c r="M24" s="108"/>
+      <c r="N24" s="108"/>
+      <c r="O24" s="108"/>
+      <c r="P24" s="109"/>
     </row>
     <row r="25" spans="2:18" ht="20.100000000000001" customHeight="1">
       <c r="B25" s="67"/>
       <c r="C25" s="67"/>
       <c r="D25" s="67"/>
       <c r="E25" s="68"/>
       <c r="F25" s="67"/>
       <c r="G25" s="67"/>
       <c r="H25" s="67"/>
       <c r="I25" s="67"/>
       <c r="J25" s="67"/>
       <c r="K25" s="67"/>
       <c r="L25" s="67"/>
       <c r="M25" s="67"/>
       <c r="N25" s="67"/>
       <c r="O25" s="67"/>
       <c r="P25" s="67"/>
       <c r="Q25" s="67"/>
       <c r="R25" s="67"/>
     </row>
     <row r="26" spans="2:18" ht="6.95" customHeight="1">
       <c r="C26" s="59"/>
       <c r="D26" s="60"/>
       <c r="E26" s="69"/>
       <c r="F26" s="60"/>
       <c r="G26" s="60"/>
       <c r="H26" s="60"/>
       <c r="I26" s="60"/>
       <c r="J26" s="60"/>
       <c r="K26" s="60"/>
       <c r="L26" s="60"/>
       <c r="M26" s="60"/>
       <c r="N26" s="60"/>
       <c r="O26" s="60"/>
       <c r="P26" s="60"/>
       <c r="Q26" s="60"/>
     </row>
     <row r="27" spans="2:18" ht="13.5" customHeight="1">
       <c r="D27" s="38"/>
-      <c r="E27" s="114" t="s">
+      <c r="E27" s="125" t="s">
         <v>4</v>
       </c>
-      <c r="F27" s="115"/>
-[...6 lines deleted...]
-      <c r="M27" s="112" t="s">
+      <c r="F27" s="117"/>
+      <c r="G27" s="118"/>
+      <c r="H27" s="118"/>
+      <c r="I27" s="118"/>
+      <c r="J27" s="118"/>
+      <c r="K27" s="118"/>
+      <c r="L27" s="119"/>
+      <c r="M27" s="123" t="s">
         <v>38</v>
       </c>
-      <c r="N27" s="113" t="s">
+      <c r="N27" s="124" t="s">
         <v>42</v>
       </c>
-      <c r="O27" s="113"/>
-      <c r="P27" s="113"/>
+      <c r="O27" s="124"/>
+      <c r="P27" s="124"/>
     </row>
     <row r="28" spans="2:18" ht="13.5" customHeight="1">
-      <c r="B28" s="103" t="s">
+      <c r="B28" s="126" t="s">
         <v>66</v>
       </c>
-      <c r="C28" s="104"/>
+      <c r="C28" s="127"/>
       <c r="D28" s="38"/>
-      <c r="E28" s="114"/>
-[...10 lines deleted...]
-      <c r="P28" s="113"/>
+      <c r="E28" s="125"/>
+      <c r="F28" s="120"/>
+      <c r="G28" s="121"/>
+      <c r="H28" s="121"/>
+      <c r="I28" s="121"/>
+      <c r="J28" s="121"/>
+      <c r="K28" s="121"/>
+      <c r="L28" s="122"/>
+      <c r="M28" s="123"/>
+      <c r="N28" s="124"/>
+      <c r="O28" s="124"/>
+      <c r="P28" s="124"/>
     </row>
     <row r="29" spans="2:18" ht="6.75" customHeight="1">
-      <c r="B29" s="105"/>
-      <c r="C29" s="106"/>
+      <c r="B29" s="128"/>
+      <c r="C29" s="129"/>
       <c r="D29" s="12"/>
       <c r="E29" s="61"/>
       <c r="F29" s="12"/>
       <c r="G29" s="12"/>
       <c r="H29" s="12"/>
       <c r="I29" s="12"/>
       <c r="J29" s="12"/>
       <c r="K29" s="12"/>
       <c r="L29" s="62"/>
       <c r="M29" s="61"/>
       <c r="N29" s="61"/>
       <c r="O29" s="61"/>
       <c r="P29" s="61"/>
       <c r="Q29" s="61"/>
     </row>
     <row r="30" spans="2:18" ht="18" customHeight="1">
-      <c r="B30" s="105"/>
-      <c r="C30" s="106"/>
+      <c r="B30" s="128"/>
+      <c r="C30" s="129"/>
       <c r="E30" s="21"/>
       <c r="F30" s="12" t="s">
         <v>63</v>
       </c>
-      <c r="M30" s="124"/>
-[...1 lines deleted...]
-      <c r="O30" s="126"/>
+      <c r="M30" s="104"/>
+      <c r="N30" s="105"/>
+      <c r="O30" s="106"/>
     </row>
     <row r="31" spans="2:18" s="21" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B31" s="105"/>
-      <c r="C31" s="106"/>
+      <c r="B31" s="128"/>
+      <c r="C31" s="129"/>
       <c r="F31" s="64" t="s">
         <v>65</v>
       </c>
       <c r="H31" s="65"/>
       <c r="I31" s="61"/>
       <c r="J31" s="61"/>
       <c r="K31" s="61"/>
       <c r="L31" s="61"/>
       <c r="M31" s="61"/>
       <c r="N31" s="61"/>
       <c r="O31" s="61"/>
       <c r="P31" s="61"/>
       <c r="Q31" s="61"/>
     </row>
     <row r="32" spans="2:18" ht="5.25" customHeight="1">
-      <c r="B32" s="105"/>
-      <c r="C32" s="106"/>
+      <c r="B32" s="128"/>
+      <c r="C32" s="129"/>
       <c r="D32" s="59"/>
       <c r="E32" s="63"/>
     </row>
     <row r="33" spans="2:18" ht="18" customHeight="1">
-      <c r="B33" s="107"/>
-      <c r="C33" s="108"/>
+      <c r="B33" s="130"/>
+      <c r="C33" s="131"/>
       <c r="D33" s="59"/>
       <c r="E33" s="61" t="s">
         <v>93</v>
       </c>
-      <c r="G33" s="109"/>
-[...8 lines deleted...]
-      <c r="P33" s="111"/>
+      <c r="G33" s="107"/>
+      <c r="H33" s="108"/>
+      <c r="I33" s="108"/>
+      <c r="J33" s="108"/>
+      <c r="K33" s="108"/>
+      <c r="L33" s="108"/>
+      <c r="M33" s="108"/>
+      <c r="N33" s="108"/>
+      <c r="O33" s="108"/>
+      <c r="P33" s="109"/>
     </row>
     <row r="34" spans="2:18" ht="3.75" customHeight="1">
       <c r="B34" s="59"/>
       <c r="C34" s="59"/>
       <c r="D34" s="59"/>
       <c r="E34" s="63"/>
     </row>
     <row r="35" spans="2:18" ht="18" customHeight="1">
       <c r="B35" s="66"/>
       <c r="C35" s="66"/>
       <c r="D35" s="59"/>
       <c r="E35" s="61" t="s">
         <v>64</v>
       </c>
-      <c r="G35" s="109"/>
-[...8 lines deleted...]
-      <c r="P35" s="111"/>
+      <c r="G35" s="107"/>
+      <c r="H35" s="108"/>
+      <c r="I35" s="108"/>
+      <c r="J35" s="108"/>
+      <c r="K35" s="108"/>
+      <c r="L35" s="108"/>
+      <c r="M35" s="108"/>
+      <c r="N35" s="108"/>
+      <c r="O35" s="108"/>
+      <c r="P35" s="109"/>
     </row>
     <row r="36" spans="2:18" ht="20.100000000000001" customHeight="1">
       <c r="B36" s="67"/>
       <c r="C36" s="67"/>
       <c r="D36" s="67"/>
       <c r="E36" s="68"/>
       <c r="F36" s="67"/>
       <c r="G36" s="67"/>
       <c r="H36" s="67"/>
       <c r="I36" s="67"/>
       <c r="J36" s="67"/>
       <c r="K36" s="67"/>
       <c r="L36" s="67"/>
       <c r="M36" s="67"/>
       <c r="N36" s="67"/>
       <c r="O36" s="67"/>
       <c r="P36" s="67"/>
       <c r="Q36" s="67"/>
       <c r="R36" s="67"/>
     </row>
     <row r="37" spans="2:18" ht="6.95" customHeight="1">
       <c r="C37" s="59"/>
       <c r="D37" s="60"/>
       <c r="E37" s="69"/>
       <c r="F37" s="60"/>
       <c r="G37" s="60"/>
       <c r="H37" s="60"/>
       <c r="I37" s="60"/>
       <c r="J37" s="60"/>
       <c r="K37" s="60"/>
       <c r="L37" s="60"/>
       <c r="M37" s="60"/>
       <c r="N37" s="60"/>
       <c r="O37" s="60"/>
       <c r="P37" s="60"/>
       <c r="Q37" s="60"/>
       <c r="R37" s="60"/>
     </row>
     <row r="38" spans="2:18" ht="13.5" customHeight="1">
       <c r="D38" s="38"/>
-      <c r="E38" s="114" t="s">
+      <c r="E38" s="125" t="s">
         <v>4</v>
       </c>
-      <c r="F38" s="115"/>
-[...6 lines deleted...]
-      <c r="M38" s="112" t="s">
+      <c r="F38" s="117"/>
+      <c r="G38" s="118"/>
+      <c r="H38" s="118"/>
+      <c r="I38" s="118"/>
+      <c r="J38" s="118"/>
+      <c r="K38" s="118"/>
+      <c r="L38" s="119"/>
+      <c r="M38" s="123" t="s">
         <v>38</v>
       </c>
-      <c r="N38" s="113" t="s">
+      <c r="N38" s="124" t="s">
         <v>42</v>
       </c>
-      <c r="O38" s="113"/>
-      <c r="P38" s="113"/>
+      <c r="O38" s="124"/>
+      <c r="P38" s="124"/>
       <c r="R38" s="21"/>
     </row>
     <row r="39" spans="2:18" ht="13.5" customHeight="1">
-      <c r="B39" s="103" t="s">
+      <c r="B39" s="126" t="s">
         <v>67</v>
       </c>
-      <c r="C39" s="104"/>
+      <c r="C39" s="127"/>
       <c r="D39" s="38"/>
-      <c r="E39" s="114"/>
-[...10 lines deleted...]
-      <c r="P39" s="113"/>
+      <c r="E39" s="125"/>
+      <c r="F39" s="120"/>
+      <c r="G39" s="121"/>
+      <c r="H39" s="121"/>
+      <c r="I39" s="121"/>
+      <c r="J39" s="121"/>
+      <c r="K39" s="121"/>
+      <c r="L39" s="122"/>
+      <c r="M39" s="123"/>
+      <c r="N39" s="124"/>
+      <c r="O39" s="124"/>
+      <c r="P39" s="124"/>
       <c r="R39" s="21"/>
     </row>
     <row r="40" spans="2:18" ht="6.75" customHeight="1">
-      <c r="B40" s="105"/>
-      <c r="C40" s="106"/>
+      <c r="B40" s="128"/>
+      <c r="C40" s="129"/>
       <c r="D40" s="12"/>
       <c r="E40" s="61"/>
       <c r="F40" s="12"/>
       <c r="G40" s="12"/>
       <c r="H40" s="12"/>
       <c r="I40" s="12"/>
       <c r="J40" s="12"/>
       <c r="K40" s="12"/>
       <c r="L40" s="62"/>
       <c r="M40" s="61"/>
       <c r="N40" s="61"/>
       <c r="O40" s="61"/>
       <c r="P40" s="61"/>
       <c r="Q40" s="61"/>
     </row>
     <row r="41" spans="2:18" ht="18" customHeight="1">
-      <c r="B41" s="105"/>
-      <c r="C41" s="106"/>
+      <c r="B41" s="128"/>
+      <c r="C41" s="129"/>
       <c r="E41" s="21"/>
       <c r="F41" s="12" t="s">
         <v>63</v>
       </c>
-      <c r="M41" s="124"/>
-[...1 lines deleted...]
-      <c r="O41" s="126"/>
+      <c r="M41" s="104"/>
+      <c r="N41" s="105"/>
+      <c r="O41" s="106"/>
     </row>
     <row r="42" spans="2:18" s="21" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B42" s="105"/>
-      <c r="C42" s="106"/>
+      <c r="B42" s="128"/>
+      <c r="C42" s="129"/>
       <c r="F42" s="64" t="s">
         <v>65</v>
       </c>
       <c r="H42" s="65"/>
       <c r="I42" s="61"/>
       <c r="J42" s="61"/>
       <c r="K42" s="61"/>
       <c r="L42" s="61"/>
       <c r="M42" s="61"/>
       <c r="N42" s="61"/>
       <c r="O42" s="61"/>
       <c r="P42" s="61"/>
       <c r="Q42" s="61"/>
       <c r="R42" s="61"/>
     </row>
     <row r="43" spans="2:18" ht="5.25" customHeight="1">
-      <c r="B43" s="105"/>
-      <c r="C43" s="106"/>
+      <c r="B43" s="128"/>
+      <c r="C43" s="129"/>
       <c r="D43" s="59"/>
       <c r="E43" s="63"/>
     </row>
     <row r="44" spans="2:18" ht="18" customHeight="1">
-      <c r="B44" s="107"/>
-      <c r="C44" s="108"/>
+      <c r="B44" s="130"/>
+      <c r="C44" s="131"/>
       <c r="D44" s="59"/>
       <c r="E44" s="61" t="s">
         <v>93</v>
       </c>
-      <c r="G44" s="109"/>
-[...8 lines deleted...]
-      <c r="P44" s="111"/>
+      <c r="G44" s="107"/>
+      <c r="H44" s="108"/>
+      <c r="I44" s="108"/>
+      <c r="J44" s="108"/>
+      <c r="K44" s="108"/>
+      <c r="L44" s="108"/>
+      <c r="M44" s="108"/>
+      <c r="N44" s="108"/>
+      <c r="O44" s="108"/>
+      <c r="P44" s="109"/>
     </row>
     <row r="45" spans="2:18" ht="3.75" customHeight="1">
       <c r="B45" s="59"/>
       <c r="C45" s="59"/>
       <c r="D45" s="59"/>
       <c r="E45" s="63"/>
     </row>
     <row r="46" spans="2:18" ht="18" customHeight="1">
       <c r="B46" s="66"/>
       <c r="C46" s="66"/>
       <c r="D46" s="59"/>
       <c r="E46" s="61" t="s">
         <v>64</v>
       </c>
-      <c r="G46" s="109"/>
-[...8 lines deleted...]
-      <c r="P46" s="111"/>
+      <c r="G46" s="107"/>
+      <c r="H46" s="108"/>
+      <c r="I46" s="108"/>
+      <c r="J46" s="108"/>
+      <c r="K46" s="108"/>
+      <c r="L46" s="108"/>
+      <c r="M46" s="108"/>
+      <c r="N46" s="108"/>
+      <c r="O46" s="108"/>
+      <c r="P46" s="109"/>
     </row>
     <row r="47" spans="2:18" ht="34.5" customHeight="1"/>
     <row r="48" spans="2:18" ht="18.75">
       <c r="B48" s="70" t="s">
         <v>69</v>
       </c>
       <c r="R48" s="10"/>
     </row>
     <row r="49" spans="2:18" ht="7.5" customHeight="1">
       <c r="R49" s="10"/>
     </row>
     <row r="50" spans="2:18" ht="21" customHeight="1">
       <c r="B50" s="21"/>
       <c r="C50" s="21" t="s">
         <v>27</v>
       </c>
       <c r="D50" s="21"/>
-      <c r="E50" s="100"/>
-[...10 lines deleted...]
-      <c r="P50" s="102"/>
+      <c r="E50" s="135"/>
+      <c r="F50" s="136"/>
+      <c r="G50" s="136"/>
+      <c r="H50" s="136"/>
+      <c r="I50" s="136"/>
+      <c r="J50" s="136"/>
+      <c r="K50" s="136"/>
+      <c r="L50" s="136"/>
+      <c r="M50" s="136"/>
+      <c r="N50" s="136"/>
+      <c r="O50" s="136"/>
+      <c r="P50" s="137"/>
     </row>
     <row r="51" spans="2:18" ht="4.5" customHeight="1">
       <c r="B51" s="21"/>
       <c r="C51" s="21"/>
       <c r="D51" s="21"/>
     </row>
     <row r="52" spans="2:18" ht="21" customHeight="1">
       <c r="B52" s="21"/>
       <c r="C52" s="21" t="s">
         <v>28</v>
       </c>
       <c r="D52" s="21"/>
-      <c r="E52" s="100"/>
-[...10 lines deleted...]
-      <c r="P52" s="102"/>
+      <c r="E52" s="135"/>
+      <c r="F52" s="136"/>
+      <c r="G52" s="136"/>
+      <c r="H52" s="136"/>
+      <c r="I52" s="136"/>
+      <c r="J52" s="136"/>
+      <c r="K52" s="136"/>
+      <c r="L52" s="136"/>
+      <c r="M52" s="136"/>
+      <c r="N52" s="136"/>
+      <c r="O52" s="136"/>
+      <c r="P52" s="137"/>
     </row>
     <row r="53" spans="2:18" ht="4.5" customHeight="1">
       <c r="B53" s="21"/>
       <c r="C53" s="21"/>
       <c r="D53" s="21"/>
     </row>
     <row r="54" spans="2:18" ht="21" customHeight="1">
       <c r="B54" s="61"/>
       <c r="C54" s="21" t="s">
         <v>33</v>
       </c>
       <c r="D54" s="21"/>
-      <c r="E54" s="100"/>
-[...4 lines deleted...]
-      <c r="J54" s="102"/>
+      <c r="E54" s="135"/>
+      <c r="F54" s="136"/>
+      <c r="G54" s="136"/>
+      <c r="H54" s="136"/>
+      <c r="I54" s="136"/>
+      <c r="J54" s="137"/>
     </row>
     <row r="55" spans="2:18" ht="4.5" customHeight="1">
       <c r="B55" s="21"/>
       <c r="C55" s="21"/>
       <c r="D55" s="21"/>
     </row>
     <row r="56" spans="2:18" ht="21" customHeight="1">
       <c r="B56" s="21"/>
       <c r="C56" s="21" t="s">
         <v>29</v>
       </c>
       <c r="D56" s="21"/>
-      <c r="E56" s="100"/>
-[...10 lines deleted...]
-      <c r="P56" s="102"/>
+      <c r="E56" s="135"/>
+      <c r="F56" s="136"/>
+      <c r="G56" s="136"/>
+      <c r="H56" s="136"/>
+      <c r="I56" s="136"/>
+      <c r="J56" s="136"/>
+      <c r="K56" s="136"/>
+      <c r="L56" s="136"/>
+      <c r="M56" s="136"/>
+      <c r="N56" s="136"/>
+      <c r="O56" s="136"/>
+      <c r="P56" s="137"/>
     </row>
     <row r="58" spans="2:18" s="21" customFormat="1" ht="11.25">
       <c r="C58" s="21" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="59" spans="2:18" s="21" customFormat="1" ht="11.25">
       <c r="C59" s="21" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="sBKQLEVIYYKF8c9KyTx/FPhnZ1+MMuI+6s9q4kMgTKMH5xtb4gRqqMwnLNHcl1fHcn/Ku8GYo6QQvzAAvoUXdw==" saltValue="DEFNKkuwOtTrNKc9Io1t4w==" spinCount="100000" sheet="1" selectLockedCells="1"/>
   <mergeCells count="36">
+    <mergeCell ref="E56:P56"/>
+    <mergeCell ref="B28:C33"/>
+    <mergeCell ref="B39:C44"/>
+    <mergeCell ref="G46:P46"/>
+    <mergeCell ref="M27:M28"/>
+    <mergeCell ref="N27:P28"/>
+    <mergeCell ref="E38:E39"/>
+    <mergeCell ref="F38:L39"/>
+    <mergeCell ref="M38:M39"/>
+    <mergeCell ref="N38:P39"/>
+    <mergeCell ref="G44:P44"/>
+    <mergeCell ref="E50:P50"/>
+    <mergeCell ref="E52:P52"/>
+    <mergeCell ref="B12:Q12"/>
+    <mergeCell ref="B14:R14"/>
+    <mergeCell ref="B13:Q13"/>
+    <mergeCell ref="M19:O19"/>
+    <mergeCell ref="E54:J54"/>
+    <mergeCell ref="E27:E28"/>
+    <mergeCell ref="F27:L28"/>
     <mergeCell ref="M1:R1"/>
     <mergeCell ref="L6:M6"/>
     <mergeCell ref="M30:O30"/>
     <mergeCell ref="M41:O41"/>
     <mergeCell ref="G33:P33"/>
     <mergeCell ref="G35:P35"/>
     <mergeCell ref="C3:P4"/>
     <mergeCell ref="A8:C9"/>
     <mergeCell ref="D8:P9"/>
     <mergeCell ref="F16:L17"/>
     <mergeCell ref="M16:M17"/>
     <mergeCell ref="N16:P17"/>
     <mergeCell ref="E16:E17"/>
     <mergeCell ref="G22:P22"/>
     <mergeCell ref="G24:P24"/>
     <mergeCell ref="B17:C22"/>
-    <mergeCell ref="B12:Q12"/>
-[...18 lines deleted...]
-    <mergeCell ref="E52:P52"/>
   </mergeCells>
   <phoneticPr fontId="2"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.74803149606299213" right="0.78740157480314965" top="0.51181102362204722" bottom="0.59055118110236227" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <ignoredErrors>
     <ignoredError sqref="D8 Q6 O6" unlockedFormula="1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{06E9A949-FB5F-4D3D-958B-E1A9BBBD9AF5}">
-  <dimension ref="A1:W50"/>
+  <dimension ref="A1:W54"/>
   <sheetViews>
     <sheetView showGridLines="0" showRuler="0" zoomScaleNormal="100" zoomScaleSheetLayoutView="80" workbookViewId="0">
-      <selection activeCell="L5" sqref="L5:M5"/>
+      <selection activeCell="E7" sqref="E7:Q8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="10.625" defaultRowHeight="12"/>
   <cols>
     <col min="1" max="1" width="2.25" style="7" customWidth="1"/>
     <col min="2" max="17" width="4.5" style="7" customWidth="1"/>
     <col min="18" max="18" width="3.75" style="7" customWidth="1"/>
     <col min="19" max="16384" width="10.625" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A1" s="3"/>
       <c r="B1" s="3"/>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
       <c r="H1" s="3"/>
       <c r="I1" s="3"/>
       <c r="J1" s="3"/>
       <c r="K1" s="3"/>
       <c r="L1" s="3"/>
-      <c r="M1" s="87" t="s">
+      <c r="M1" s="89" t="s">
         <v>1</v>
       </c>
-      <c r="N1" s="87"/>
-[...3 lines deleted...]
-      <c r="R1" s="87"/>
+      <c r="N1" s="89"/>
+      <c r="O1" s="89"/>
+      <c r="P1" s="89"/>
+      <c r="Q1" s="89"/>
+      <c r="R1" s="89"/>
     </row>
     <row r="2" spans="1:23" ht="15" customHeight="1">
       <c r="A2" s="5"/>
       <c r="B2" s="5"/>
       <c r="C2" s="5"/>
       <c r="D2" s="5"/>
       <c r="E2" s="5"/>
       <c r="F2" s="5"/>
       <c r="G2" s="5"/>
       <c r="H2" s="5"/>
       <c r="I2" s="5"/>
       <c r="J2" s="5"/>
       <c r="K2" s="5"/>
       <c r="L2" s="5"/>
       <c r="M2" s="5"/>
       <c r="N2" s="5"/>
       <c r="O2" s="5"/>
       <c r="P2" s="5"/>
       <c r="Q2" s="5"/>
       <c r="R2" s="6" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
     </row>
     <row r="3" spans="1:23" ht="15" customHeight="1">
-      <c r="C3" s="129" t="s">
-[...14 lines deleted...]
-      <c r="P3" s="129"/>
+      <c r="C3" s="110" t="s">
+        <v>123</v>
+      </c>
+      <c r="D3" s="110"/>
+      <c r="E3" s="110"/>
+      <c r="F3" s="110"/>
+      <c r="G3" s="110"/>
+      <c r="H3" s="110"/>
+      <c r="I3" s="110"/>
+      <c r="J3" s="110"/>
+      <c r="K3" s="110"/>
+      <c r="L3" s="110"/>
+      <c r="M3" s="110"/>
+      <c r="N3" s="110"/>
+      <c r="O3" s="110"/>
+      <c r="P3" s="110"/>
     </row>
     <row r="4" spans="1:23" ht="21" customHeight="1">
-      <c r="C4" s="129"/>
-[...12 lines deleted...]
-      <c r="P4" s="129"/>
+      <c r="C4" s="110"/>
+      <c r="D4" s="110"/>
+      <c r="E4" s="110"/>
+      <c r="F4" s="110"/>
+      <c r="G4" s="110"/>
+      <c r="H4" s="110"/>
+      <c r="I4" s="110"/>
+      <c r="J4" s="110"/>
+      <c r="K4" s="110"/>
+      <c r="L4" s="110"/>
+      <c r="M4" s="110"/>
+      <c r="N4" s="110"/>
+      <c r="O4" s="110"/>
+      <c r="P4" s="110"/>
     </row>
     <row r="5" spans="1:23" ht="18.75" customHeight="1">
       <c r="A5" s="10"/>
       <c r="B5" s="10"/>
       <c r="C5" s="10"/>
       <c r="D5" s="10"/>
       <c r="E5" s="10"/>
       <c r="F5" s="10"/>
       <c r="G5" s="10"/>
       <c r="H5" s="10"/>
       <c r="I5" s="10"/>
       <c r="J5" s="10"/>
       <c r="K5" s="10"/>
-      <c r="L5" s="136"/>
-      <c r="M5" s="137"/>
+      <c r="L5" s="164"/>
+      <c r="M5" s="165"/>
       <c r="N5" s="11" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="O5" s="2"/>
       <c r="P5" s="10" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="Q5" s="2"/>
       <c r="R5" s="10" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
     </row>
     <row r="6" spans="1:23" ht="9" customHeight="1">
       <c r="A6" s="10"/>
       <c r="B6" s="10"/>
       <c r="C6" s="10"/>
       <c r="D6" s="10"/>
       <c r="E6" s="10"/>
       <c r="F6" s="10"/>
       <c r="G6" s="10"/>
       <c r="H6" s="10"/>
       <c r="I6" s="10"/>
       <c r="J6" s="10"/>
       <c r="K6" s="10"/>
       <c r="L6" s="10"/>
       <c r="M6" s="10"/>
       <c r="N6" s="10"/>
       <c r="O6" s="10"/>
       <c r="P6" s="10"/>
       <c r="Q6" s="10"/>
       <c r="R6" s="10"/>
     </row>
     <row r="7" spans="1:23" s="10" customFormat="1" ht="15.75" customHeight="1">
       <c r="A7" s="7"/>
-      <c r="B7" s="90" t="s">
+      <c r="B7" s="92" t="s">
         <v>11</v>
       </c>
-      <c r="C7" s="90"/>
-[...13 lines deleted...]
-      <c r="Q7" s="132"/>
+      <c r="C7" s="92"/>
+      <c r="D7" s="92"/>
+      <c r="E7" s="111"/>
+      <c r="F7" s="112"/>
+      <c r="G7" s="112"/>
+      <c r="H7" s="112"/>
+      <c r="I7" s="112"/>
+      <c r="J7" s="112"/>
+      <c r="K7" s="112"/>
+      <c r="L7" s="112"/>
+      <c r="M7" s="112"/>
+      <c r="N7" s="112"/>
+      <c r="O7" s="112"/>
+      <c r="P7" s="112"/>
+      <c r="Q7" s="113"/>
       <c r="R7" s="7"/>
     </row>
     <row r="8" spans="1:23" s="10" customFormat="1" ht="15.75" customHeight="1">
       <c r="A8" s="7"/>
-      <c r="B8" s="90"/>
-[...14 lines deleted...]
-      <c r="Q8" s="135"/>
+      <c r="B8" s="92"/>
+      <c r="C8" s="92"/>
+      <c r="D8" s="92"/>
+      <c r="E8" s="114"/>
+      <c r="F8" s="115"/>
+      <c r="G8" s="115"/>
+      <c r="H8" s="115"/>
+      <c r="I8" s="115"/>
+      <c r="J8" s="115"/>
+      <c r="K8" s="115"/>
+      <c r="L8" s="115"/>
+      <c r="M8" s="115"/>
+      <c r="N8" s="115"/>
+      <c r="O8" s="115"/>
+      <c r="P8" s="115"/>
+      <c r="Q8" s="116"/>
       <c r="R8" s="7"/>
     </row>
     <row r="9" spans="1:23" ht="6.6" customHeight="1"/>
     <row r="10" spans="1:23" ht="15.75" customHeight="1">
       <c r="B10" s="7" t="s">
         <v>54</v>
       </c>
       <c r="E10" s="1"/>
       <c r="F10" s="12" t="s">
         <v>13</v>
       </c>
       <c r="H10" s="1"/>
       <c r="I10" s="12" t="s">
         <v>62</v>
       </c>
       <c r="K10" s="14" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="L10" s="44"/>
       <c r="M10" s="44"/>
       <c r="N10" s="44"/>
     </row>
     <row r="11" spans="1:23" ht="13.5">
       <c r="D11" s="21"/>
       <c r="E11" s="45" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="F11" s="21"/>
       <c r="G11" s="21"/>
       <c r="H11" s="21"/>
       <c r="I11" s="21"/>
       <c r="J11" s="21"/>
       <c r="K11" s="21"/>
       <c r="L11" s="21"/>
       <c r="M11" s="21"/>
       <c r="N11" s="21"/>
       <c r="O11" s="21"/>
       <c r="P11" s="21"/>
       <c r="R11" s="22"/>
       <c r="S11" s="23"/>
       <c r="T11" s="23"/>
       <c r="U11" s="23"/>
       <c r="V11" s="22"/>
       <c r="W11" s="22"/>
     </row>
-    <row r="12" spans="1:23" s="46" customFormat="1" ht="28.5" customHeight="1">
-[...40 lines deleted...]
-      <c r="I15" s="139" t="s">
+    <row r="12" spans="1:23" ht="9.75" customHeight="1">
+      <c r="D12" s="21"/>
+      <c r="E12" s="45"/>
+      <c r="F12" s="21"/>
+      <c r="G12" s="21"/>
+      <c r="H12" s="21"/>
+      <c r="I12" s="21"/>
+      <c r="J12" s="21"/>
+      <c r="K12" s="21"/>
+      <c r="L12" s="21"/>
+      <c r="M12" s="21"/>
+      <c r="N12" s="21"/>
+      <c r="O12" s="21"/>
+      <c r="P12" s="21"/>
+      <c r="R12" s="22"/>
+      <c r="S12" s="23"/>
+      <c r="T12" s="23"/>
+      <c r="U12" s="23"/>
+      <c r="V12" s="22"/>
+      <c r="W12" s="22"/>
+    </row>
+    <row r="13" spans="1:23" ht="13.5">
+      <c r="B13" s="7" t="s">
+        <v>136</v>
+      </c>
+      <c r="D13" s="21"/>
+      <c r="E13" s="45"/>
+      <c r="F13" s="21"/>
+      <c r="G13" s="21"/>
+      <c r="H13" s="21"/>
+      <c r="I13" s="21"/>
+      <c r="J13" s="21"/>
+      <c r="K13" s="21"/>
+      <c r="L13" s="21" t="s">
         <v>133</v>
       </c>
-      <c r="J15" s="139"/>
-[...1 lines deleted...]
-      <c r="L15" s="139" t="s">
+      <c r="M13" s="1"/>
+      <c r="N13" s="21"/>
+      <c r="O13" s="21" t="s">
         <v>134</v>
       </c>
-      <c r="M15" s="139"/>
-[...43 lines deleted...]
-    <row r="17" spans="1:23" ht="13.5">
+      <c r="P13" s="1"/>
+      <c r="R13" s="22"/>
+      <c r="S13" s="23"/>
+      <c r="T13" s="23"/>
+      <c r="U13" s="23"/>
+      <c r="V13" s="22"/>
+      <c r="W13" s="22"/>
+    </row>
+    <row r="14" spans="1:23" ht="13.5">
+      <c r="B14" s="82" t="s">
+        <v>137</v>
+      </c>
+      <c r="C14" s="82"/>
+      <c r="D14" s="21"/>
+      <c r="E14" s="45"/>
+      <c r="F14" s="21"/>
+      <c r="G14" s="21"/>
+      <c r="H14" s="21"/>
+      <c r="I14" s="21"/>
+      <c r="J14" s="21"/>
+      <c r="K14" s="81"/>
+      <c r="L14" s="21"/>
+      <c r="M14" s="21"/>
+      <c r="N14" s="81"/>
+      <c r="O14" s="14"/>
+      <c r="P14" s="14"/>
+      <c r="R14" s="22"/>
+      <c r="S14" s="23"/>
+      <c r="T14" s="23"/>
+      <c r="U14" s="23"/>
+      <c r="V14" s="22"/>
+      <c r="W14" s="22"/>
+    </row>
+    <row r="15" spans="1:23" ht="9.75" customHeight="1">
+      <c r="D15" s="21"/>
+      <c r="E15" s="45"/>
+      <c r="F15" s="21"/>
+      <c r="G15" s="21"/>
+      <c r="H15" s="21"/>
+      <c r="I15" s="21"/>
+      <c r="J15" s="21"/>
+      <c r="K15" s="21"/>
+      <c r="L15" s="21"/>
+      <c r="M15" s="21"/>
+      <c r="N15" s="21"/>
+      <c r="O15" s="21"/>
+      <c r="P15" s="21"/>
+      <c r="R15" s="22"/>
+      <c r="S15" s="23"/>
+      <c r="T15" s="23"/>
+      <c r="U15" s="23"/>
+      <c r="V15" s="22"/>
+      <c r="W15" s="22"/>
+    </row>
+    <row r="16" spans="1:23" s="46" customFormat="1" ht="11.25" customHeight="1">
+      <c r="B16" s="17" t="s">
+        <v>135</v>
+      </c>
+      <c r="C16" s="17"/>
+      <c r="D16" s="17"/>
+      <c r="E16" s="47"/>
+      <c r="F16" s="47"/>
+      <c r="G16" s="47"/>
+      <c r="H16" s="47"/>
+      <c r="I16" s="47"/>
+      <c r="J16" s="47"/>
+      <c r="K16" s="47"/>
+    </row>
+    <row r="17" spans="1:23" ht="6" customHeight="1">
       <c r="D17" s="21"/>
+      <c r="E17" s="45"/>
       <c r="F17" s="21"/>
       <c r="G17" s="21"/>
       <c r="H17" s="21"/>
       <c r="I17" s="21"/>
       <c r="J17" s="21"/>
       <c r="K17" s="21"/>
       <c r="L17" s="21"/>
       <c r="M17" s="21"/>
       <c r="N17" s="21"/>
       <c r="O17" s="21"/>
-      <c r="P17" s="14"/>
-[...2 lines deleted...]
-      </c>
+      <c r="P17" s="21"/>
       <c r="R17" s="22"/>
       <c r="S17" s="23"/>
       <c r="T17" s="23"/>
       <c r="U17" s="23"/>
       <c r="V17" s="22"/>
       <c r="W17" s="22"/>
     </row>
-    <row r="18" spans="1:23" ht="13.5">
-[...57 lines deleted...]
-      <c r="R20" s="22"/>
+    <row r="18" spans="1:23" ht="15" customHeight="1">
+      <c r="B18" s="19" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="19" spans="1:23" ht="24" customHeight="1" thickBot="1">
+      <c r="B19" s="163"/>
+      <c r="C19" s="163"/>
+      <c r="D19" s="163"/>
+      <c r="E19" s="163"/>
+      <c r="F19" s="148" t="s">
+        <v>122</v>
+      </c>
+      <c r="G19" s="148"/>
+      <c r="H19" s="148"/>
+      <c r="I19" s="148" t="s">
+        <v>131</v>
+      </c>
+      <c r="J19" s="148"/>
+      <c r="K19" s="148"/>
+      <c r="L19" s="148" t="s">
+        <v>132</v>
+      </c>
+      <c r="M19" s="148"/>
+      <c r="N19" s="148"/>
+      <c r="O19" s="148" t="s">
+        <v>19</v>
+      </c>
+      <c r="P19" s="148"/>
+      <c r="Q19" s="148"/>
+      <c r="R19" s="21"/>
+    </row>
+    <row r="20" spans="1:23" ht="24" customHeight="1" thickBot="1">
+      <c r="B20" s="157" t="s">
+        <v>18</v>
+      </c>
+      <c r="C20" s="158"/>
+      <c r="D20" s="158"/>
+      <c r="E20" s="158"/>
+      <c r="F20" s="159">
+        <v>0</v>
+      </c>
+      <c r="G20" s="159"/>
+      <c r="H20" s="159"/>
+      <c r="I20" s="159">
+        <v>0</v>
+      </c>
+      <c r="J20" s="159"/>
+      <c r="K20" s="159"/>
+      <c r="L20" s="159">
+        <v>0</v>
+      </c>
+      <c r="M20" s="159"/>
+      <c r="N20" s="159"/>
+      <c r="O20" s="160">
+        <f>SUM(F20:N20)/3</f>
+        <v>0</v>
+      </c>
+      <c r="P20" s="161"/>
+      <c r="Q20" s="162"/>
+      <c r="R20" s="24"/>
       <c r="S20" s="23"/>
       <c r="T20" s="23"/>
       <c r="U20" s="23"/>
       <c r="V20" s="22"/>
       <c r="W20" s="22"/>
     </row>
-    <row r="21" spans="1:23" ht="21" customHeight="1">
-[...20 lines deleted...]
-      <c r="K21" s="148"/>
+    <row r="21" spans="1:23" ht="13.5">
+      <c r="D21" s="21"/>
+      <c r="F21" s="21"/>
+      <c r="G21" s="21"/>
+      <c r="H21" s="21"/>
+      <c r="I21" s="21"/>
+      <c r="J21" s="21"/>
+      <c r="K21" s="21"/>
       <c r="L21" s="21"/>
-      <c r="N21" s="23"/>
-[...2 lines deleted...]
-      <c r="Q21" s="22"/>
+      <c r="M21" s="21"/>
+      <c r="N21" s="21"/>
+      <c r="O21" s="21"/>
+      <c r="P21" s="14"/>
+      <c r="Q21" s="25" t="s">
+        <v>34</v>
+      </c>
       <c r="R21" s="22"/>
-    </row>
-[...1 lines deleted...]
-      <c r="B22" s="20"/>
+      <c r="S21" s="23"/>
+      <c r="T21" s="23"/>
+      <c r="U21" s="23"/>
+      <c r="V21" s="22"/>
+      <c r="W21" s="22"/>
+    </row>
+    <row r="22" spans="1:23" ht="13.5">
       <c r="D22" s="21"/>
       <c r="F22" s="21"/>
       <c r="G22" s="21"/>
       <c r="H22" s="21"/>
       <c r="I22" s="21"/>
       <c r="J22" s="21"/>
       <c r="K22" s="21"/>
       <c r="L22" s="21"/>
       <c r="M22" s="21"/>
       <c r="N22" s="21"/>
       <c r="O22" s="21"/>
-      <c r="P22" s="21"/>
-      <c r="Q22" s="21"/>
+      <c r="P22" s="14"/>
+      <c r="Q22" s="25" t="s">
+        <v>102</v>
+      </c>
       <c r="R22" s="22"/>
       <c r="S22" s="23"/>
       <c r="T22" s="23"/>
       <c r="U22" s="23"/>
       <c r="V22" s="22"/>
       <c r="W22" s="22"/>
     </row>
-    <row r="23" spans="1:23" ht="21" customHeight="1">
-[...1 lines deleted...]
-        <v>59</v>
+    <row r="23" spans="1:23" ht="16.5" customHeight="1">
+      <c r="B23" s="48" t="s">
+        <v>87</v>
       </c>
       <c r="D23" s="21"/>
-      <c r="E23" s="7" t="s">
-[...9 lines deleted...]
-      </c>
+      <c r="H23" s="21"/>
+      <c r="I23" s="21"/>
+      <c r="J23" s="21"/>
       <c r="K23" s="21"/>
       <c r="L23" s="21"/>
       <c r="M23" s="21"/>
-      <c r="N23" s="22"/>
-[...2 lines deleted...]
-      <c r="Q23" s="23"/>
+      <c r="N23" s="21"/>
+      <c r="O23" s="21"/>
+      <c r="P23" s="21"/>
+      <c r="Q23" s="21"/>
       <c r="R23" s="22"/>
-      <c r="S23" s="22"/>
-[...2 lines deleted...]
-      <c r="B24" s="20"/>
+      <c r="S23" s="23"/>
+      <c r="T23" s="23"/>
+      <c r="U23" s="23"/>
+      <c r="V23" s="22"/>
+      <c r="W23" s="22"/>
+    </row>
+    <row r="24" spans="1:23" ht="9" customHeight="1">
+      <c r="B24" s="48"/>
       <c r="D24" s="21"/>
-      <c r="F24" s="21"/>
-      <c r="G24" s="21"/>
       <c r="H24" s="21"/>
       <c r="I24" s="21"/>
       <c r="J24" s="21"/>
       <c r="K24" s="21"/>
       <c r="L24" s="21"/>
       <c r="M24" s="21"/>
       <c r="N24" s="21"/>
       <c r="O24" s="21"/>
       <c r="P24" s="21"/>
       <c r="Q24" s="21"/>
       <c r="R24" s="22"/>
       <c r="S24" s="23"/>
       <c r="T24" s="23"/>
       <c r="U24" s="23"/>
       <c r="V24" s="22"/>
       <c r="W24" s="22"/>
     </row>
-    <row r="25" spans="1:23" ht="24" customHeight="1">
-[...57 lines deleted...]
-      <c r="U26" s="7"/>
+    <row r="25" spans="1:23" ht="21" customHeight="1">
+      <c r="B25" s="9" t="s">
+        <v>58</v>
+      </c>
+      <c r="C25" s="9"/>
+      <c r="D25" s="9"/>
+      <c r="E25" s="7" t="s">
+        <v>60</v>
+      </c>
+      <c r="F25" s="155" t="str">
+        <f>IF(0=$O$20,"",IF(AND(OR("○"=E10,"○"=H10),100&lt;=$O$20,100&lt;=$O$30),"○","-"))</f>
+        <v/>
+      </c>
+      <c r="G25" s="156"/>
+      <c r="I25" s="7" t="s">
+        <v>61</v>
+      </c>
+      <c r="J25" s="153" t="str">
+        <f>IF($F25="","",IF(AND(F25="-",OR(E10="○",H10="○"),100&lt;=O20,40&lt;=O30),"○","-"))</f>
+        <v/>
+      </c>
+      <c r="K25" s="153"/>
+      <c r="L25" s="21"/>
+      <c r="N25" s="23"/>
+      <c r="O25" s="23"/>
+      <c r="P25" s="23"/>
+      <c r="Q25" s="22"/>
+      <c r="R25" s="22"/>
+    </row>
+    <row r="26" spans="1:23" ht="7.5" customHeight="1">
+      <c r="B26" s="20"/>
+      <c r="D26" s="21"/>
+      <c r="F26" s="21"/>
+      <c r="G26" s="21"/>
+      <c r="H26" s="21"/>
+      <c r="I26" s="21"/>
+      <c r="J26" s="21"/>
+      <c r="K26" s="21"/>
+      <c r="L26" s="21"/>
+      <c r="M26" s="21"/>
+      <c r="N26" s="21"/>
+      <c r="O26" s="21"/>
+      <c r="P26" s="21"/>
+      <c r="Q26" s="21"/>
+      <c r="R26" s="22"/>
+      <c r="S26" s="23"/>
+      <c r="T26" s="23"/>
+      <c r="U26" s="23"/>
       <c r="V26" s="22"/>
       <c r="W26" s="22"/>
     </row>
-    <row r="27" spans="1:23" s="21" customFormat="1" ht="24" customHeight="1">
-[...34 lines deleted...]
-    <row r="28" spans="1:23" ht="12" customHeight="1">
+    <row r="27" spans="1:23" ht="21" customHeight="1">
+      <c r="B27" s="20" t="s">
+        <v>59</v>
+      </c>
+      <c r="D27" s="21"/>
+      <c r="E27" s="7" t="s">
+        <v>60</v>
+      </c>
+      <c r="F27" s="153" t="str">
+        <f>IF(0=$O$20,"",IF(AND(OR(E10="○",H10="○"),71&lt;=$O$20,71&lt;=$O$31),"○","-"))</f>
+        <v/>
+      </c>
+      <c r="G27" s="153"/>
+      <c r="I27" s="44" t="s">
+        <v>105</v>
+      </c>
+      <c r="K27" s="21"/>
+      <c r="L27" s="21"/>
+      <c r="M27" s="21"/>
+      <c r="N27" s="22"/>
+      <c r="O27" s="23"/>
+      <c r="P27" s="23"/>
+      <c r="Q27" s="23"/>
+      <c r="R27" s="22"/>
+      <c r="S27" s="22"/>
+    </row>
+    <row r="28" spans="1:23" ht="7.5" customHeight="1">
+      <c r="B28" s="20"/>
       <c r="D28" s="21"/>
       <c r="F28" s="21"/>
       <c r="G28" s="21"/>
       <c r="H28" s="21"/>
       <c r="I28" s="21"/>
       <c r="J28" s="21"/>
       <c r="K28" s="21"/>
       <c r="L28" s="21"/>
       <c r="M28" s="21"/>
       <c r="N28" s="21"/>
       <c r="O28" s="21"/>
       <c r="P28" s="21"/>
-      <c r="Q28" s="25" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="Q28" s="21"/>
       <c r="R28" s="22"/>
       <c r="S28" s="23"/>
       <c r="T28" s="23"/>
       <c r="U28" s="23"/>
       <c r="V28" s="22"/>
       <c r="W28" s="22"/>
     </row>
-    <row r="29" spans="1:23" ht="12" customHeight="1">
-[...39 lines deleted...]
-      <c r="U30" s="23"/>
+    <row r="29" spans="1:23" ht="24" customHeight="1">
+      <c r="B29" s="148"/>
+      <c r="C29" s="148"/>
+      <c r="D29" s="148"/>
+      <c r="E29" s="148"/>
+      <c r="F29" s="148" t="s">
+        <v>122</v>
+      </c>
+      <c r="G29" s="148"/>
+      <c r="H29" s="148"/>
+      <c r="I29" s="148" t="s">
+        <v>131</v>
+      </c>
+      <c r="J29" s="148"/>
+      <c r="K29" s="148"/>
+      <c r="L29" s="148" t="s">
+        <v>132</v>
+      </c>
+      <c r="M29" s="148"/>
+      <c r="N29" s="148"/>
+      <c r="O29" s="148" t="s">
+        <v>19</v>
+      </c>
+      <c r="P29" s="148"/>
+      <c r="Q29" s="148"/>
+      <c r="R29" s="21"/>
+    </row>
+    <row r="30" spans="1:23" s="21" customFormat="1" ht="24" customHeight="1">
+      <c r="A30" s="26"/>
+      <c r="B30" s="154" t="s">
+        <v>56</v>
+      </c>
+      <c r="C30" s="154"/>
+      <c r="D30" s="154"/>
+      <c r="E30" s="154"/>
+      <c r="F30" s="139">
+        <v>0</v>
+      </c>
+      <c r="G30" s="139"/>
+      <c r="H30" s="139"/>
+      <c r="I30" s="139">
+        <v>0</v>
+      </c>
+      <c r="J30" s="139"/>
+      <c r="K30" s="139"/>
+      <c r="L30" s="139">
+        <v>0</v>
+      </c>
+      <c r="M30" s="139"/>
+      <c r="N30" s="139"/>
+      <c r="O30" s="140">
+        <f>SUM(F30:N30)/3</f>
+        <v>0</v>
+      </c>
+      <c r="P30" s="140"/>
+      <c r="Q30" s="140"/>
+      <c r="S30" s="7"/>
+      <c r="T30" s="7"/>
+      <c r="U30" s="7"/>
       <c r="V30" s="22"/>
       <c r="W30" s="22"/>
     </row>
-    <row r="31" spans="1:23" ht="21" customHeight="1">
-[...31 lines deleted...]
-      <c r="U31" s="23"/>
+    <row r="31" spans="1:23" s="21" customFormat="1" ht="24" customHeight="1">
+      <c r="A31" s="26"/>
+      <c r="B31" s="138" t="s">
+        <v>91</v>
+      </c>
+      <c r="C31" s="138"/>
+      <c r="D31" s="138"/>
+      <c r="E31" s="138"/>
+      <c r="F31" s="139">
+        <v>0</v>
+      </c>
+      <c r="G31" s="139"/>
+      <c r="H31" s="139"/>
+      <c r="I31" s="139">
+        <v>0</v>
+      </c>
+      <c r="J31" s="139"/>
+      <c r="K31" s="139"/>
+      <c r="L31" s="139">
+        <v>0</v>
+      </c>
+      <c r="M31" s="139"/>
+      <c r="N31" s="139"/>
+      <c r="O31" s="140">
+        <f>SUM(F31:N31)/3</f>
+        <v>0</v>
+      </c>
+      <c r="P31" s="140"/>
+      <c r="Q31" s="140"/>
+      <c r="S31" s="7"/>
+      <c r="T31" s="7"/>
+      <c r="U31" s="7"/>
       <c r="V31" s="22"/>
       <c r="W31" s="22"/>
     </row>
-    <row r="32" spans="1:23" ht="7.5" customHeight="1">
-      <c r="B32" s="20"/>
+    <row r="32" spans="1:23" ht="12" customHeight="1">
       <c r="D32" s="21"/>
       <c r="F32" s="21"/>
       <c r="G32" s="21"/>
       <c r="H32" s="21"/>
       <c r="I32" s="21"/>
       <c r="J32" s="21"/>
       <c r="K32" s="21"/>
       <c r="L32" s="21"/>
       <c r="M32" s="21"/>
       <c r="N32" s="21"/>
       <c r="O32" s="21"/>
       <c r="P32" s="21"/>
-      <c r="Q32" s="21"/>
+      <c r="Q32" s="25" t="s">
+        <v>34</v>
+      </c>
       <c r="R32" s="22"/>
       <c r="S32" s="23"/>
       <c r="T32" s="23"/>
       <c r="U32" s="23"/>
       <c r="V32" s="22"/>
       <c r="W32" s="22"/>
     </row>
-    <row r="33" spans="1:23" ht="24" customHeight="1">
-[...58 lines deleted...]
-      <c r="R34" s="23"/>
+    <row r="33" spans="1:23" ht="12" customHeight="1">
+      <c r="D33" s="21"/>
+      <c r="F33" s="21"/>
+      <c r="G33" s="21"/>
+      <c r="H33" s="21"/>
+      <c r="I33" s="21"/>
+      <c r="J33" s="21"/>
+      <c r="K33" s="21"/>
+      <c r="L33" s="21"/>
+      <c r="M33" s="21"/>
+      <c r="N33" s="21"/>
+      <c r="O33" s="21"/>
+      <c r="P33" s="21"/>
+      <c r="Q33" s="25" t="s">
+        <v>92</v>
+      </c>
+      <c r="R33" s="22"/>
+      <c r="S33" s="23"/>
+      <c r="T33" s="23"/>
+      <c r="U33" s="23"/>
+      <c r="V33" s="22"/>
+      <c r="W33" s="22"/>
+    </row>
+    <row r="34" spans="1:23" ht="13.5">
+      <c r="D34" s="21"/>
+      <c r="F34" s="21"/>
+      <c r="G34" s="21"/>
+      <c r="H34" s="21"/>
+      <c r="I34" s="21"/>
+      <c r="J34" s="21"/>
+      <c r="K34" s="21"/>
+      <c r="L34" s="21"/>
+      <c r="M34" s="21"/>
+      <c r="N34" s="21"/>
+      <c r="O34" s="21"/>
+      <c r="P34" s="21"/>
+      <c r="Q34" s="25"/>
+      <c r="R34" s="22"/>
       <c r="S34" s="23"/>
       <c r="T34" s="23"/>
       <c r="U34" s="23"/>
       <c r="V34" s="22"/>
       <c r="W34" s="22"/>
     </row>
-    <row r="35" spans="1:23" s="21" customFormat="1" ht="24" customHeight="1">
-[...28 lines deleted...]
-      <c r="R35" s="23"/>
+    <row r="35" spans="1:23" ht="21" customHeight="1">
+      <c r="B35" s="20" t="s">
+        <v>57</v>
+      </c>
+      <c r="D35" s="21"/>
+      <c r="E35" s="7" t="s">
+        <v>60</v>
+      </c>
+      <c r="F35" s="153" t="str">
+        <f>IF(0=$O$20,"",IF(AND(OR("○"=E10,"○"=H10),100&lt;=$O$20,100&lt;=O38+O39+O40,20&lt;=O38,20&lt;=O39,2&lt;=O41),"○","-"))</f>
+        <v/>
+      </c>
+      <c r="G35" s="153"/>
+      <c r="I35" s="7" t="s">
+        <v>61</v>
+      </c>
+      <c r="J35" s="153" t="str">
+        <f>IF($F35="","",IF(AND(F35="-",OR(E10="○",H10="○"),100&lt;=O20,OR(20&lt;=Q38,20&lt;=O40)),"○","-"))</f>
+        <v/>
+      </c>
+      <c r="K35" s="153"/>
+      <c r="L35" s="49" t="s">
+        <v>105</v>
+      </c>
+      <c r="M35" s="21"/>
+      <c r="N35" s="21"/>
+      <c r="O35" s="21"/>
+      <c r="P35" s="21"/>
+      <c r="Q35" s="21"/>
+      <c r="R35" s="22"/>
       <c r="S35" s="23"/>
       <c r="T35" s="23"/>
       <c r="U35" s="23"/>
       <c r="V35" s="22"/>
       <c r="W35" s="22"/>
     </row>
-    <row r="36" spans="1:23" s="21" customFormat="1" ht="24" customHeight="1">
-[...28 lines deleted...]
-      <c r="R36" s="23"/>
+    <row r="36" spans="1:23" ht="7.5" customHeight="1">
+      <c r="B36" s="20"/>
+      <c r="D36" s="21"/>
+      <c r="F36" s="21"/>
+      <c r="G36" s="21"/>
+      <c r="H36" s="21"/>
+      <c r="I36" s="21"/>
+      <c r="J36" s="21"/>
+      <c r="K36" s="21"/>
+      <c r="L36" s="21"/>
+      <c r="M36" s="21"/>
+      <c r="N36" s="21"/>
+      <c r="O36" s="21"/>
+      <c r="P36" s="21"/>
+      <c r="Q36" s="21"/>
+      <c r="R36" s="22"/>
       <c r="S36" s="23"/>
       <c r="T36" s="23"/>
       <c r="U36" s="23"/>
       <c r="V36" s="22"/>
       <c r="W36" s="22"/>
     </row>
     <row r="37" spans="1:23" ht="24" customHeight="1">
-      <c r="B37" s="152" t="s">
-[...5 lines deleted...]
-      <c r="F37" s="150">
+      <c r="B37" s="148"/>
+      <c r="C37" s="148"/>
+      <c r="D37" s="148"/>
+      <c r="E37" s="148"/>
+      <c r="F37" s="148" t="s">
+        <v>122</v>
+      </c>
+      <c r="G37" s="148"/>
+      <c r="H37" s="148"/>
+      <c r="I37" s="148" t="s">
+        <v>131</v>
+      </c>
+      <c r="J37" s="148"/>
+      <c r="K37" s="148"/>
+      <c r="L37" s="148" t="s">
+        <v>132</v>
+      </c>
+      <c r="M37" s="148"/>
+      <c r="N37" s="148"/>
+      <c r="O37" s="148" t="s">
+        <v>19</v>
+      </c>
+      <c r="P37" s="148"/>
+      <c r="Q37" s="148"/>
+      <c r="R37" s="21"/>
+    </row>
+    <row r="38" spans="1:23" s="21" customFormat="1" ht="24" customHeight="1">
+      <c r="A38" s="7"/>
+      <c r="B38" s="141" t="s">
+        <v>20</v>
+      </c>
+      <c r="C38" s="141"/>
+      <c r="D38" s="141"/>
+      <c r="E38" s="141"/>
+      <c r="F38" s="146">
         <v>0</v>
       </c>
-      <c r="G37" s="150"/>
-[...1 lines deleted...]
-      <c r="I37" s="150">
+      <c r="G38" s="147"/>
+      <c r="H38" s="147"/>
+      <c r="I38" s="146">
         <v>0</v>
       </c>
-      <c r="J37" s="150"/>
-[...1 lines deleted...]
-      <c r="L37" s="150">
+      <c r="J38" s="147"/>
+      <c r="K38" s="147"/>
+      <c r="L38" s="146">
         <v>0</v>
       </c>
-      <c r="M37" s="150"/>
-[...2 lines deleted...]
-        <f>SUM(F37:N37)/3</f>
+      <c r="M38" s="147"/>
+      <c r="N38" s="147"/>
+      <c r="O38" s="149">
+        <f>SUM(F38:N38)/3</f>
         <v>0</v>
       </c>
-      <c r="P37" s="161"/>
-[...24 lines deleted...]
-      <c r="R38" s="22"/>
+      <c r="P38" s="150"/>
+      <c r="Q38" s="151">
+        <f>O38+O39</f>
+        <v>0</v>
+      </c>
+      <c r="R38" s="23"/>
       <c r="S38" s="23"/>
       <c r="T38" s="23"/>
       <c r="U38" s="23"/>
       <c r="V38" s="22"/>
       <c r="W38" s="22"/>
     </row>
-    <row r="39" spans="1:23" ht="10.5" customHeight="1">
-[...13 lines deleted...]
-      <c r="R39" s="22"/>
+    <row r="39" spans="1:23" s="21" customFormat="1" ht="24" customHeight="1">
+      <c r="A39" s="7"/>
+      <c r="B39" s="141" t="s">
+        <v>21</v>
+      </c>
+      <c r="C39" s="141"/>
+      <c r="D39" s="141"/>
+      <c r="E39" s="141"/>
+      <c r="F39" s="146">
+        <v>0</v>
+      </c>
+      <c r="G39" s="147"/>
+      <c r="H39" s="147"/>
+      <c r="I39" s="146">
+        <v>0</v>
+      </c>
+      <c r="J39" s="147"/>
+      <c r="K39" s="147"/>
+      <c r="L39" s="146">
+        <v>0</v>
+      </c>
+      <c r="M39" s="147"/>
+      <c r="N39" s="147"/>
+      <c r="O39" s="149">
+        <f>SUM(F39:N39)/3</f>
+        <v>0</v>
+      </c>
+      <c r="P39" s="150"/>
+      <c r="Q39" s="152"/>
+      <c r="R39" s="23"/>
       <c r="S39" s="23"/>
       <c r="T39" s="23"/>
       <c r="U39" s="23"/>
       <c r="V39" s="22"/>
       <c r="W39" s="22"/>
     </row>
-    <row r="40" spans="1:23" s="21" customFormat="1" ht="12.6" customHeight="1">
-[...17 lines deleted...]
-      </c>
+    <row r="40" spans="1:23" s="21" customFormat="1" ht="24" customHeight="1">
+      <c r="A40" s="7"/>
+      <c r="B40" s="145" t="s">
+        <v>22</v>
+      </c>
+      <c r="C40" s="145"/>
+      <c r="D40" s="145"/>
+      <c r="E40" s="145"/>
+      <c r="F40" s="146">
+        <v>0</v>
+      </c>
+      <c r="G40" s="147"/>
+      <c r="H40" s="147"/>
+      <c r="I40" s="146">
+        <v>0</v>
+      </c>
+      <c r="J40" s="147"/>
+      <c r="K40" s="147"/>
+      <c r="L40" s="146">
+        <v>0</v>
+      </c>
+      <c r="M40" s="147"/>
+      <c r="N40" s="147"/>
+      <c r="O40" s="142">
+        <f>SUM(F40:N40)/3</f>
+        <v>0</v>
+      </c>
+      <c r="P40" s="143"/>
+      <c r="Q40" s="144"/>
+      <c r="R40" s="23"/>
+      <c r="S40" s="23"/>
+      <c r="T40" s="23"/>
+      <c r="U40" s="23"/>
+      <c r="V40" s="22"/>
+      <c r="W40" s="22"/>
+    </row>
+    <row r="41" spans="1:23" ht="24" customHeight="1">
+      <c r="B41" s="141" t="s">
+        <v>30</v>
+      </c>
+      <c r="C41" s="141"/>
+      <c r="D41" s="141"/>
+      <c r="E41" s="141"/>
+      <c r="F41" s="139">
+        <v>0</v>
+      </c>
+      <c r="G41" s="139"/>
+      <c r="H41" s="139"/>
+      <c r="I41" s="139">
+        <v>0</v>
+      </c>
+      <c r="J41" s="139"/>
+      <c r="K41" s="139"/>
+      <c r="L41" s="139">
+        <v>0</v>
+      </c>
+      <c r="M41" s="139"/>
+      <c r="N41" s="139"/>
+      <c r="O41" s="142">
+        <f>SUM(F41:N41)/3</f>
+        <v>0</v>
+      </c>
+      <c r="P41" s="143"/>
+      <c r="Q41" s="144"/>
+      <c r="R41" s="23"/>
+      <c r="S41" s="23"/>
+      <c r="T41" s="23"/>
+      <c r="U41" s="23"/>
+      <c r="V41" s="22"/>
+      <c r="W41" s="22"/>
+    </row>
+    <row r="42" spans="1:23" ht="13.5">
+      <c r="D42" s="21"/>
+      <c r="F42" s="21"/>
+      <c r="G42" s="21"/>
+      <c r="H42" s="21"/>
+      <c r="I42" s="21"/>
+      <c r="J42" s="21"/>
+      <c r="K42" s="21"/>
+      <c r="L42" s="21"/>
+      <c r="M42" s="21"/>
+      <c r="N42" s="21"/>
+      <c r="O42" s="21"/>
+      <c r="P42" s="21"/>
+      <c r="Q42" s="25" t="s">
+        <v>34</v>
+      </c>
+      <c r="R42" s="22"/>
+      <c r="S42" s="23"/>
+      <c r="T42" s="23"/>
+      <c r="U42" s="23"/>
+      <c r="V42" s="22"/>
+      <c r="W42" s="22"/>
+    </row>
+    <row r="43" spans="1:23" ht="10.5" customHeight="1">
+      <c r="D43" s="21"/>
+      <c r="F43" s="21"/>
+      <c r="G43" s="21"/>
+      <c r="H43" s="21"/>
+      <c r="I43" s="21"/>
+      <c r="J43" s="21"/>
+      <c r="K43" s="21"/>
+      <c r="L43" s="21"/>
+      <c r="M43" s="21"/>
+      <c r="N43" s="21"/>
+      <c r="O43" s="21"/>
+      <c r="P43" s="21"/>
+      <c r="Q43" s="25"/>
+      <c r="R43" s="22"/>
+      <c r="S43" s="23"/>
+      <c r="T43" s="23"/>
+      <c r="U43" s="23"/>
+      <c r="V43" s="22"/>
+      <c r="W43" s="22"/>
     </row>
     <row r="44" spans="1:23" s="21" customFormat="1" ht="12.6" customHeight="1">
       <c r="B44" s="55" t="s">
-        <v>129</v>
+        <v>35</v>
       </c>
     </row>
     <row r="45" spans="1:23" s="21" customFormat="1" ht="12.6" customHeight="1">
       <c r="B45" s="55" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="46" spans="1:23" s="21" customFormat="1" ht="12.6" customHeight="1">
       <c r="B46" s="55" t="s">
-        <v>84</v>
+        <v>43</v>
       </c>
     </row>
     <row r="47" spans="1:23" s="21" customFormat="1" ht="12.6" customHeight="1">
       <c r="B47" s="55" t="s">
-        <v>46</v>
-[...18 lines deleted...]
-      <c r="T47" s="56"/>
+        <v>130</v>
+      </c>
     </row>
     <row r="48" spans="1:23" s="21" customFormat="1" ht="12.6" customHeight="1">
       <c r="B48" s="55" t="s">
-        <v>130</v>
-[...21 lines deleted...]
-      <c r="B49" s="21" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="49" spans="2:20" s="21" customFormat="1" ht="12.6" customHeight="1">
+      <c r="B49" s="55" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="50" spans="2:20" s="21" customFormat="1" ht="12.6" customHeight="1">
+      <c r="B50" s="55" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="51" spans="2:20" s="21" customFormat="1" ht="12.6" customHeight="1">
+      <c r="B51" s="55" t="s">
+        <v>46</v>
+      </c>
+      <c r="C51" s="56"/>
+      <c r="D51" s="56"/>
+      <c r="E51" s="56"/>
+      <c r="F51" s="56"/>
+      <c r="G51" s="56"/>
+      <c r="H51" s="56"/>
+      <c r="I51" s="56"/>
+      <c r="J51" s="56"/>
+      <c r="K51" s="56"/>
+      <c r="L51" s="56"/>
+      <c r="M51" s="56"/>
+      <c r="N51" s="56"/>
+      <c r="O51" s="56"/>
+      <c r="P51" s="56"/>
+      <c r="Q51" s="56"/>
+      <c r="R51" s="56"/>
+      <c r="S51" s="56"/>
+      <c r="T51" s="56"/>
+    </row>
+    <row r="52" spans="2:20" s="21" customFormat="1" ht="12.6" customHeight="1">
+      <c r="B52" s="55" t="s">
+        <v>128</v>
+      </c>
+      <c r="C52" s="56"/>
+      <c r="D52" s="56"/>
+      <c r="E52" s="56"/>
+      <c r="F52" s="56"/>
+      <c r="G52" s="56"/>
+      <c r="H52" s="56"/>
+      <c r="I52" s="56"/>
+      <c r="J52" s="56"/>
+      <c r="K52" s="56"/>
+      <c r="L52" s="56"/>
+      <c r="M52" s="56"/>
+      <c r="N52" s="56"/>
+      <c r="O52" s="56"/>
+      <c r="P52" s="56"/>
+      <c r="Q52" s="56"/>
+      <c r="R52" s="56"/>
+      <c r="S52" s="56"/>
+      <c r="T52" s="56"/>
+    </row>
+    <row r="53" spans="2:20" s="21" customFormat="1" ht="12.6" customHeight="1">
+      <c r="B53" s="21" t="s">
         <v>86</v>
       </c>
     </row>
-    <row r="50" spans="2:2" s="21" customFormat="1" ht="12.6" customHeight="1">
-      <c r="B50" s="21" t="s">
+    <row r="54" spans="2:20" s="21" customFormat="1" ht="12.6" customHeight="1">
+      <c r="B54" s="21" t="s">
         <v>85</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="iH4wPF2TyyTTk1iq4CtigZNaGWEjYgC37YybSUUxAVGUsWXtNyyrEGawG3cTzQs3bc6sKHJJDCeM0kq4C0iUwQ==" saltValue="6dFMqahXvyWl5vK+kbgC1A==" spinCount="100000" sheet="1" selectLockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="DWu4cYtDbCOksH2lwofg4LBuvC1pnp922sUXumqa3s1gqlrEYolrUPx6C+LOadYSwb++EiVHnAYrryu2hiJjrg==" saltValue="xNTNqM240SyH1to//GhzrQ==" spinCount="100000" sheet="1" selectLockedCells="1"/>
   <mergeCells count="61">
-    <mergeCell ref="B27:E27"/>
-[...3 lines deleted...]
-    <mergeCell ref="O27:Q27"/>
+    <mergeCell ref="M1:R1"/>
+    <mergeCell ref="C3:P4"/>
+    <mergeCell ref="L5:M5"/>
+    <mergeCell ref="B7:D8"/>
+    <mergeCell ref="E7:Q8"/>
+    <mergeCell ref="B19:E19"/>
+    <mergeCell ref="F19:H19"/>
+    <mergeCell ref="I19:K19"/>
+    <mergeCell ref="L19:N19"/>
+    <mergeCell ref="O19:Q19"/>
+    <mergeCell ref="B20:E20"/>
+    <mergeCell ref="F20:H20"/>
+    <mergeCell ref="I20:K20"/>
+    <mergeCell ref="L20:N20"/>
+    <mergeCell ref="O20:Q20"/>
+    <mergeCell ref="F25:G25"/>
+    <mergeCell ref="J25:K25"/>
+    <mergeCell ref="B29:E29"/>
+    <mergeCell ref="F29:H29"/>
+    <mergeCell ref="I29:K29"/>
+    <mergeCell ref="F27:G27"/>
+    <mergeCell ref="L29:N29"/>
+    <mergeCell ref="O29:Q29"/>
+    <mergeCell ref="B30:E30"/>
+    <mergeCell ref="F30:H30"/>
+    <mergeCell ref="I30:K30"/>
+    <mergeCell ref="L30:N30"/>
+    <mergeCell ref="O30:Q30"/>
+    <mergeCell ref="F35:G35"/>
+    <mergeCell ref="J35:K35"/>
     <mergeCell ref="B37:E37"/>
     <mergeCell ref="F37:H37"/>
     <mergeCell ref="I37:K37"/>
     <mergeCell ref="L37:N37"/>
     <mergeCell ref="O37:Q37"/>
-    <mergeCell ref="B36:E36"/>
-[...49 lines deleted...]
-    <mergeCell ref="E7:Q8"/>
+    <mergeCell ref="B38:E38"/>
+    <mergeCell ref="F38:H38"/>
+    <mergeCell ref="I38:K38"/>
+    <mergeCell ref="L38:N38"/>
+    <mergeCell ref="O38:P38"/>
+    <mergeCell ref="Q38:Q39"/>
+    <mergeCell ref="B39:E39"/>
+    <mergeCell ref="F39:H39"/>
+    <mergeCell ref="I39:K39"/>
+    <mergeCell ref="L39:N39"/>
+    <mergeCell ref="O39:P39"/>
+    <mergeCell ref="B40:E40"/>
+    <mergeCell ref="F40:H40"/>
+    <mergeCell ref="I40:K40"/>
+    <mergeCell ref="L40:N40"/>
+    <mergeCell ref="O40:Q40"/>
+    <mergeCell ref="B41:E41"/>
+    <mergeCell ref="F41:H41"/>
+    <mergeCell ref="I41:K41"/>
+    <mergeCell ref="L41:N41"/>
+    <mergeCell ref="O41:Q41"/>
+    <mergeCell ref="B31:E31"/>
+    <mergeCell ref="F31:H31"/>
+    <mergeCell ref="I31:K31"/>
+    <mergeCell ref="L31:N31"/>
+    <mergeCell ref="O31:Q31"/>
   </mergeCells>
   <phoneticPr fontId="2"/>
   <dataValidations count="1">
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="E10 H10" xr:uid="{EEBB3EAE-AA92-4570-9EA9-93141F52B83A}">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="E10 H10 P13 K14 M13 N14" xr:uid="{EEBB3EAE-AA92-4570-9EA9-93141F52B83A}">
       <formula1>"○"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.86614173228346458" right="0.19685039370078741" top="0.62992125984251968" bottom="0.55118110236220474" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" orientation="portrait" cellComments="asDisplayed" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <ignoredErrors>
     <ignoredError sqref="R5 P5 N5" unlockedFormula="1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3FDF7004-7FC9-4715-8B55-E3A1954AFDDD}">
-  <dimension ref="A1:W47"/>
+  <dimension ref="A1:W48"/>
   <sheetViews>
     <sheetView showGridLines="0" showRuler="0" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="L5" sqref="L5:M5"/>
+      <selection activeCell="E7" sqref="E7:Q8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="10.625" defaultRowHeight="12"/>
   <cols>
     <col min="1" max="1" width="2.25" style="7" customWidth="1"/>
     <col min="2" max="17" width="4.5" style="7" customWidth="1"/>
     <col min="18" max="18" width="3.75" style="7" customWidth="1"/>
     <col min="19" max="16384" width="10.625" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A1" s="3"/>
       <c r="B1" s="3"/>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
       <c r="H1" s="3"/>
       <c r="I1" s="3"/>
       <c r="J1" s="3"/>
       <c r="K1" s="3"/>
       <c r="L1" s="3"/>
-      <c r="M1" s="87" t="s">
+      <c r="M1" s="89" t="s">
         <v>1</v>
       </c>
-      <c r="N1" s="87"/>
-[...3 lines deleted...]
-      <c r="R1" s="87"/>
+      <c r="N1" s="89"/>
+      <c r="O1" s="89"/>
+      <c r="P1" s="89"/>
+      <c r="Q1" s="89"/>
+      <c r="R1" s="89"/>
     </row>
     <row r="2" spans="1:23" ht="15" customHeight="1">
       <c r="A2" s="5"/>
       <c r="B2" s="5"/>
       <c r="C2" s="5"/>
       <c r="D2" s="5"/>
       <c r="E2" s="5"/>
       <c r="F2" s="5"/>
       <c r="G2" s="5"/>
       <c r="H2" s="5"/>
       <c r="I2" s="5"/>
       <c r="J2" s="5"/>
       <c r="K2" s="5"/>
       <c r="L2" s="5"/>
       <c r="M2" s="5"/>
       <c r="N2" s="5"/>
       <c r="O2" s="5"/>
       <c r="P2" s="5"/>
       <c r="Q2" s="5"/>
       <c r="R2" s="6" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
     </row>
     <row r="3" spans="1:23" ht="15" customHeight="1">
-      <c r="C3" s="165" t="s">
-[...14 lines deleted...]
-      <c r="P3" s="129"/>
+      <c r="C3" s="168" t="s">
+        <v>123</v>
+      </c>
+      <c r="D3" s="110"/>
+      <c r="E3" s="110"/>
+      <c r="F3" s="110"/>
+      <c r="G3" s="110"/>
+      <c r="H3" s="110"/>
+      <c r="I3" s="110"/>
+      <c r="J3" s="110"/>
+      <c r="K3" s="110"/>
+      <c r="L3" s="110"/>
+      <c r="M3" s="110"/>
+      <c r="N3" s="110"/>
+      <c r="O3" s="110"/>
+      <c r="P3" s="110"/>
     </row>
     <row r="4" spans="1:23" ht="21" customHeight="1">
-      <c r="C4" s="129"/>
-[...12 lines deleted...]
-      <c r="P4" s="129"/>
+      <c r="C4" s="110"/>
+      <c r="D4" s="110"/>
+      <c r="E4" s="110"/>
+      <c r="F4" s="110"/>
+      <c r="G4" s="110"/>
+      <c r="H4" s="110"/>
+      <c r="I4" s="110"/>
+      <c r="J4" s="110"/>
+      <c r="K4" s="110"/>
+      <c r="L4" s="110"/>
+      <c r="M4" s="110"/>
+      <c r="N4" s="110"/>
+      <c r="O4" s="110"/>
+      <c r="P4" s="110"/>
     </row>
     <row r="5" spans="1:23" ht="18.75" customHeight="1">
       <c r="A5" s="10"/>
       <c r="B5" s="10"/>
       <c r="C5" s="10"/>
       <c r="D5" s="10"/>
       <c r="E5" s="10"/>
       <c r="F5" s="10"/>
       <c r="G5" s="10"/>
       <c r="H5" s="10"/>
       <c r="I5" s="10"/>
       <c r="J5" s="10"/>
       <c r="K5" s="10"/>
-      <c r="L5" s="136"/>
-      <c r="M5" s="137"/>
+      <c r="L5" s="164"/>
+      <c r="M5" s="165"/>
       <c r="N5" s="11" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="O5" s="2"/>
       <c r="P5" s="10" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="Q5" s="2"/>
       <c r="R5" s="10" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
     </row>
     <row r="6" spans="1:23" ht="9" customHeight="1">
       <c r="A6" s="10"/>
       <c r="B6" s="10"/>
       <c r="C6" s="10"/>
       <c r="D6" s="10"/>
       <c r="E6" s="10"/>
       <c r="F6" s="10"/>
       <c r="G6" s="10"/>
       <c r="H6" s="10"/>
       <c r="I6" s="10"/>
       <c r="J6" s="10"/>
       <c r="K6" s="10"/>
       <c r="L6" s="10"/>
       <c r="M6" s="10"/>
       <c r="N6" s="10"/>
       <c r="O6" s="10"/>
       <c r="P6" s="10"/>
       <c r="Q6" s="10"/>
       <c r="R6" s="10"/>
     </row>
     <row r="7" spans="1:23" s="10" customFormat="1" ht="15.75" customHeight="1">
       <c r="A7" s="7"/>
-      <c r="B7" s="90" t="s">
+      <c r="B7" s="92" t="s">
         <v>11</v>
       </c>
-      <c r="C7" s="90"/>
-[...13 lines deleted...]
-      <c r="Q7" s="132"/>
+      <c r="C7" s="92"/>
+      <c r="D7" s="92"/>
+      <c r="E7" s="111"/>
+      <c r="F7" s="112"/>
+      <c r="G7" s="112"/>
+      <c r="H7" s="112"/>
+      <c r="I7" s="112"/>
+      <c r="J7" s="112"/>
+      <c r="K7" s="112"/>
+      <c r="L7" s="112"/>
+      <c r="M7" s="112"/>
+      <c r="N7" s="112"/>
+      <c r="O7" s="112"/>
+      <c r="P7" s="112"/>
+      <c r="Q7" s="113"/>
       <c r="R7" s="7"/>
     </row>
     <row r="8" spans="1:23" s="10" customFormat="1" ht="15.75" customHeight="1">
       <c r="A8" s="7"/>
-      <c r="B8" s="90"/>
-[...14 lines deleted...]
-      <c r="Q8" s="135"/>
+      <c r="B8" s="92"/>
+      <c r="C8" s="92"/>
+      <c r="D8" s="92"/>
+      <c r="E8" s="114"/>
+      <c r="F8" s="115"/>
+      <c r="G8" s="115"/>
+      <c r="H8" s="115"/>
+      <c r="I8" s="115"/>
+      <c r="J8" s="115"/>
+      <c r="K8" s="115"/>
+      <c r="L8" s="115"/>
+      <c r="M8" s="115"/>
+      <c r="N8" s="115"/>
+      <c r="O8" s="115"/>
+      <c r="P8" s="115"/>
+      <c r="Q8" s="116"/>
       <c r="R8" s="7"/>
     </row>
     <row r="9" spans="1:23" ht="6.6" customHeight="1"/>
     <row r="10" spans="1:23" ht="15.75" customHeight="1">
       <c r="B10" s="7" t="s">
         <v>54</v>
       </c>
       <c r="E10" s="13" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="F10" s="12" t="s">
         <v>12</v>
       </c>
       <c r="G10" s="50" t="s">
-        <v>98</v>
-[...49 lines deleted...]
-      <c r="B14" s="19" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="11" spans="1:23" ht="15.75" customHeight="1">
+      <c r="E11" s="10"/>
+      <c r="F11" s="12"/>
+      <c r="G11" s="50"/>
+    </row>
+    <row r="12" spans="1:23" ht="13.5">
+      <c r="B12" s="7" t="s">
+        <v>136</v>
+      </c>
+      <c r="D12" s="21"/>
+      <c r="E12" s="45"/>
+      <c r="F12" s="21"/>
+      <c r="G12" s="21"/>
+      <c r="H12" s="21"/>
+      <c r="I12" s="21"/>
+      <c r="J12" s="21"/>
+      <c r="K12" s="21"/>
+      <c r="L12" s="21" t="s">
+        <v>133</v>
+      </c>
+      <c r="M12" s="1"/>
+      <c r="N12" s="21"/>
+      <c r="O12" s="21" t="s">
+        <v>134</v>
+      </c>
+      <c r="P12" s="1"/>
+      <c r="R12" s="22"/>
+      <c r="S12" s="23"/>
+      <c r="T12" s="23"/>
+      <c r="U12" s="23"/>
+      <c r="V12" s="22"/>
+      <c r="W12" s="22"/>
+    </row>
+    <row r="13" spans="1:23" ht="13.5">
+      <c r="B13" s="82" t="s">
+        <v>137</v>
+      </c>
+      <c r="C13" s="82"/>
+      <c r="D13" s="21"/>
+      <c r="E13" s="45"/>
+      <c r="F13" s="21"/>
+      <c r="G13" s="21"/>
+      <c r="H13" s="21"/>
+      <c r="I13" s="21"/>
+      <c r="J13" s="21"/>
+      <c r="K13" s="81"/>
+      <c r="L13" s="21"/>
+      <c r="M13" s="21"/>
+      <c r="N13" s="81"/>
+      <c r="O13" s="14"/>
+      <c r="P13" s="14"/>
+      <c r="R13" s="22"/>
+      <c r="S13" s="23"/>
+      <c r="T13" s="23"/>
+      <c r="U13" s="23"/>
+      <c r="V13" s="22"/>
+      <c r="W13" s="22"/>
+    </row>
+    <row r="14" spans="1:23" s="15" customFormat="1" ht="12.75" customHeight="1">
+      <c r="B14" s="16"/>
+      <c r="C14" s="17"/>
+      <c r="D14" s="17"/>
+      <c r="E14" s="18"/>
+      <c r="F14" s="18"/>
+      <c r="G14" s="18"/>
+      <c r="H14" s="18"/>
+      <c r="I14" s="18"/>
+      <c r="J14" s="18"/>
+      <c r="K14" s="18"/>
+    </row>
+    <row r="15" spans="1:23" ht="15" customHeight="1">
+      <c r="B15" s="19" t="s">
         <v>55</v>
       </c>
     </row>
-    <row r="15" spans="1:23" ht="24" customHeight="1" thickBot="1">
-[...10 lines deleted...]
-    </row>
     <row r="16" spans="1:23" ht="24" customHeight="1" thickBot="1">
-      <c r="B16" s="140" t="s">
+      <c r="B16" s="163"/>
+      <c r="C16" s="163"/>
+      <c r="D16" s="163"/>
+      <c r="E16" s="163"/>
+      <c r="F16" s="148" t="s">
+        <v>132</v>
+      </c>
+      <c r="G16" s="148"/>
+      <c r="H16" s="148"/>
+      <c r="L16" s="21"/>
+    </row>
+    <row r="17" spans="1:23" ht="24" customHeight="1" thickBot="1">
+      <c r="B17" s="157" t="s">
         <v>18</v>
       </c>
-      <c r="C16" s="141"/>
-[...2 lines deleted...]
-      <c r="F16" s="142">
+      <c r="C17" s="158"/>
+      <c r="D17" s="158"/>
+      <c r="E17" s="158"/>
+      <c r="F17" s="159">
         <v>0</v>
       </c>
-      <c r="G16" s="142"/>
-[...40 lines deleted...]
-      <c r="Q18" s="15"/>
+      <c r="G17" s="159"/>
+      <c r="H17" s="167"/>
+      <c r="L17" s="24"/>
+      <c r="M17" s="23"/>
+      <c r="N17" s="22"/>
+    </row>
+    <row r="18" spans="1:23" ht="13.5">
+      <c r="B18" s="45" t="s">
+        <v>102</v>
+      </c>
+      <c r="D18" s="21"/>
+      <c r="G18" s="21"/>
+      <c r="H18" s="21"/>
+      <c r="I18" s="21"/>
+      <c r="J18" s="21"/>
+      <c r="K18" s="21"/>
+      <c r="L18" s="21"/>
+      <c r="M18" s="21"/>
+      <c r="N18" s="21"/>
+      <c r="P18" s="14"/>
       <c r="R18" s="22"/>
-      <c r="S18" s="52"/>
-[...1 lines deleted...]
-      <c r="U18" s="52"/>
+      <c r="S18" s="23"/>
+      <c r="T18" s="23"/>
+      <c r="U18" s="23"/>
       <c r="V18" s="22"/>
       <c r="W18" s="22"/>
     </row>
-    <row r="19" spans="1:23" s="51" customFormat="1" ht="13.5">
-      <c r="B19" s="48"/>
+    <row r="19" spans="1:23" s="51" customFormat="1" ht="43.5" customHeight="1">
+      <c r="B19" s="48" t="s">
+        <v>87</v>
+      </c>
       <c r="D19" s="15"/>
       <c r="H19" s="15"/>
       <c r="I19" s="15"/>
       <c r="J19" s="15"/>
       <c r="K19" s="15"/>
       <c r="L19" s="15"/>
       <c r="M19" s="15"/>
       <c r="N19" s="15"/>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19" s="22"/>
       <c r="S19" s="52"/>
       <c r="T19" s="52"/>
       <c r="U19" s="52"/>
       <c r="V19" s="22"/>
       <c r="W19" s="22"/>
     </row>
-    <row r="20" spans="1:23" ht="24" customHeight="1">
-      <c r="B20" s="9" t="s">
+    <row r="20" spans="1:23" s="51" customFormat="1" ht="13.5">
+      <c r="B20" s="48"/>
+      <c r="D20" s="15"/>
+      <c r="H20" s="15"/>
+      <c r="I20" s="15"/>
+      <c r="J20" s="15"/>
+      <c r="K20" s="15"/>
+      <c r="L20" s="15"/>
+      <c r="M20" s="15"/>
+      <c r="N20" s="15"/>
+      <c r="O20" s="15"/>
+      <c r="P20" s="15"/>
+      <c r="Q20" s="15"/>
+      <c r="R20" s="22"/>
+      <c r="S20" s="52"/>
+      <c r="T20" s="52"/>
+      <c r="U20" s="52"/>
+      <c r="V20" s="22"/>
+      <c r="W20" s="22"/>
+    </row>
+    <row r="21" spans="1:23" ht="24" customHeight="1">
+      <c r="B21" s="9" t="s">
         <v>58</v>
       </c>
-      <c r="C20" s="9"/>
-[...1 lines deleted...]
-      <c r="E20" s="7" t="s">
+      <c r="C21" s="9"/>
+      <c r="D21" s="9"/>
+      <c r="E21" s="7" t="s">
         <v>61</v>
       </c>
-      <c r="F20" s="148" t="str">
-        <f>IF(0=F16,"",IF(OR(AND(E10="○",100&lt;=F16,40&lt;=F23),AND(E10="○",71&lt;=F16,71&lt;=F24,40&lt;=F23)),"○","-"))</f>
+      <c r="F21" s="153" t="str">
+        <f>IF(0=F17,"",IF(OR(AND(E10="○",100&lt;=F17,40&lt;=F24),AND(E10="○",71&lt;=F17,71&lt;=F25,40&lt;=F24)),"○","-"))</f>
         <v/>
       </c>
-      <c r="G20" s="148"/>
-[...41 lines deleted...]
-      <c r="H22" s="139"/>
+      <c r="G21" s="153"/>
+      <c r="H21" s="53" t="s">
+        <v>105</v>
+      </c>
+      <c r="I21" s="22"/>
+      <c r="J21" s="23"/>
+      <c r="K21" s="23"/>
+      <c r="L21" s="23"/>
+      <c r="M21" s="22"/>
+      <c r="N21" s="22"/>
+    </row>
+    <row r="22" spans="1:23" ht="7.5" customHeight="1">
+      <c r="B22" s="20"/>
+      <c r="D22" s="21"/>
+      <c r="F22" s="21"/>
+      <c r="G22" s="21"/>
+      <c r="H22" s="21"/>
       <c r="I22" s="21"/>
-    </row>
-[...17 lines deleted...]
-      <c r="N23" s="22"/>
+      <c r="J22" s="21"/>
+      <c r="K22" s="21"/>
+      <c r="L22" s="21"/>
+      <c r="M22" s="21"/>
+      <c r="N22" s="21"/>
+      <c r="O22" s="21"/>
+      <c r="P22" s="21"/>
+      <c r="Q22" s="21"/>
+      <c r="R22" s="22"/>
+      <c r="S22" s="23"/>
+      <c r="T22" s="23"/>
+      <c r="U22" s="23"/>
+      <c r="V22" s="22"/>
+      <c r="W22" s="22"/>
+    </row>
+    <row r="23" spans="1:23" ht="24" customHeight="1">
+      <c r="B23" s="148"/>
+      <c r="C23" s="148"/>
+      <c r="D23" s="148"/>
+      <c r="E23" s="148"/>
+      <c r="F23" s="148" t="s">
+        <v>132</v>
+      </c>
+      <c r="G23" s="148"/>
+      <c r="H23" s="148"/>
+      <c r="I23" s="21"/>
     </row>
     <row r="24" spans="1:23" s="21" customFormat="1" ht="24" customHeight="1">
       <c r="A24" s="26"/>
-      <c r="B24" s="166" t="s">
-[...5 lines deleted...]
-      <c r="F24" s="150">
+      <c r="B24" s="154" t="s">
+        <v>56</v>
+      </c>
+      <c r="C24" s="154"/>
+      <c r="D24" s="154"/>
+      <c r="E24" s="154"/>
+      <c r="F24" s="139">
         <v>0</v>
       </c>
-      <c r="G24" s="150"/>
-      <c r="H24" s="150"/>
+      <c r="G24" s="139"/>
+      <c r="H24" s="139"/>
       <c r="J24" s="7"/>
       <c r="K24" s="7"/>
       <c r="L24" s="7"/>
       <c r="M24" s="22"/>
       <c r="N24" s="22"/>
     </row>
-    <row r="25" spans="1:23" ht="12" customHeight="1">
-[...23 lines deleted...]
-      <c r="B26" s="20"/>
+    <row r="25" spans="1:23" s="21" customFormat="1" ht="24" customHeight="1">
+      <c r="A25" s="26"/>
+      <c r="B25" s="166" t="s">
+        <v>103</v>
+      </c>
+      <c r="C25" s="166"/>
+      <c r="D25" s="166"/>
+      <c r="E25" s="166"/>
+      <c r="F25" s="139">
+        <v>0</v>
+      </c>
+      <c r="G25" s="139"/>
+      <c r="H25" s="139"/>
+      <c r="J25" s="7"/>
+      <c r="K25" s="7"/>
+      <c r="L25" s="7"/>
+      <c r="M25" s="22"/>
+      <c r="N25" s="22"/>
+    </row>
+    <row r="26" spans="1:23" ht="12" customHeight="1">
+      <c r="B26" s="54" t="s">
+        <v>104</v>
+      </c>
       <c r="D26" s="21"/>
       <c r="F26" s="21"/>
       <c r="G26" s="21"/>
       <c r="H26" s="21"/>
       <c r="I26" s="21"/>
       <c r="J26" s="21"/>
       <c r="K26" s="21"/>
       <c r="L26" s="21"/>
       <c r="M26" s="21"/>
       <c r="N26" s="21"/>
       <c r="O26" s="21"/>
       <c r="P26" s="21"/>
-      <c r="Q26" s="21"/>
       <c r="R26" s="22"/>
       <c r="S26" s="23"/>
       <c r="T26" s="23"/>
       <c r="U26" s="23"/>
       <c r="V26" s="22"/>
       <c r="W26" s="22"/>
     </row>
-    <row r="27" spans="1:23" ht="13.5">
+    <row r="27" spans="1:23" ht="11.25" customHeight="1">
+      <c r="B27" s="20"/>
       <c r="D27" s="21"/>
       <c r="F27" s="21"/>
       <c r="G27" s="21"/>
       <c r="H27" s="21"/>
       <c r="I27" s="21"/>
       <c r="J27" s="21"/>
       <c r="K27" s="21"/>
       <c r="L27" s="21"/>
       <c r="M27" s="21"/>
       <c r="N27" s="21"/>
       <c r="O27" s="21"/>
       <c r="P27" s="21"/>
-      <c r="Q27" s="27"/>
+      <c r="Q27" s="21"/>
       <c r="R27" s="22"/>
       <c r="S27" s="23"/>
       <c r="T27" s="23"/>
       <c r="U27" s="23"/>
       <c r="V27" s="22"/>
       <c r="W27" s="22"/>
     </row>
-    <row r="28" spans="1:23" ht="24" customHeight="1">
-[...2 lines deleted...]
-      </c>
+    <row r="28" spans="1:23" ht="13.5">
       <c r="D28" s="21"/>
-      <c r="E28" s="7" t="s">
-[...9 lines deleted...]
-      </c>
+      <c r="F28" s="21"/>
+      <c r="G28" s="21"/>
+      <c r="H28" s="21"/>
       <c r="I28" s="21"/>
       <c r="J28" s="21"/>
       <c r="K28" s="21"/>
       <c r="L28" s="21"/>
       <c r="M28" s="21"/>
-      <c r="N28" s="22"/>
-[...2 lines deleted...]
-      <c r="Q28" s="23"/>
+      <c r="N28" s="21"/>
+      <c r="O28" s="21"/>
+      <c r="P28" s="21"/>
+      <c r="Q28" s="27"/>
       <c r="R28" s="22"/>
-      <c r="S28" s="22"/>
-[...2 lines deleted...]
-      <c r="B29" s="20"/>
+      <c r="S28" s="23"/>
+      <c r="T28" s="23"/>
+      <c r="U28" s="23"/>
+      <c r="V28" s="22"/>
+      <c r="W28" s="22"/>
+    </row>
+    <row r="29" spans="1:23" ht="24" customHeight="1">
+      <c r="B29" s="20" t="s">
+        <v>57</v>
+      </c>
       <c r="D29" s="21"/>
-      <c r="F29" s="21"/>
-[...1 lines deleted...]
-      <c r="H29" s="21"/>
+      <c r="E29" s="7" t="s">
+        <v>61</v>
+      </c>
+      <c r="F29" s="153" t="str">
+        <f>IF(0=F17,"",IF(OR(AND(E10="○",100&lt;=F17,OR(20&lt;=F32+F33,20&lt;=F34)),AND(E10="○",71&lt;=F17,71&lt;=F25,OR(20&lt;=F32+F33,20&lt;=F34))),"○","-"))</f>
+        <v/>
+      </c>
+      <c r="G29" s="153"/>
+      <c r="H29" s="53" t="s">
+        <v>105</v>
+      </c>
       <c r="I29" s="21"/>
       <c r="J29" s="21"/>
       <c r="K29" s="21"/>
       <c r="L29" s="21"/>
       <c r="M29" s="21"/>
-      <c r="N29" s="21"/>
-[...2 lines deleted...]
-      <c r="Q29" s="21"/>
+      <c r="N29" s="22"/>
+      <c r="O29" s="23"/>
+      <c r="P29" s="23"/>
+      <c r="Q29" s="23"/>
       <c r="R29" s="22"/>
-      <c r="S29" s="23"/>
-[...14 lines deleted...]
-      <c r="H30" s="139"/>
+      <c r="S29" s="22"/>
+    </row>
+    <row r="30" spans="1:23" ht="7.5" customHeight="1">
+      <c r="B30" s="20"/>
+      <c r="D30" s="21"/>
+      <c r="F30" s="21"/>
+      <c r="G30" s="21"/>
+      <c r="H30" s="21"/>
       <c r="I30" s="21"/>
-    </row>
-[...18 lines deleted...]
-      <c r="N31" s="22"/>
+      <c r="J30" s="21"/>
+      <c r="K30" s="21"/>
+      <c r="L30" s="21"/>
+      <c r="M30" s="21"/>
+      <c r="N30" s="21"/>
+      <c r="O30" s="21"/>
+      <c r="P30" s="21"/>
+      <c r="Q30" s="21"/>
+      <c r="R30" s="22"/>
+      <c r="S30" s="23"/>
+      <c r="T30" s="23"/>
+      <c r="U30" s="23"/>
+      <c r="V30" s="22"/>
+      <c r="W30" s="22"/>
+    </row>
+    <row r="31" spans="1:23" ht="24" customHeight="1">
+      <c r="B31" s="148"/>
+      <c r="C31" s="148"/>
+      <c r="D31" s="148"/>
+      <c r="E31" s="148"/>
+      <c r="F31" s="148" t="s">
+        <v>132</v>
+      </c>
+      <c r="G31" s="148"/>
+      <c r="H31" s="148"/>
+      <c r="I31" s="21"/>
     </row>
     <row r="32" spans="1:23" s="21" customFormat="1" ht="24" customHeight="1">
       <c r="A32" s="7"/>
-      <c r="B32" s="152" t="s">
-[...5 lines deleted...]
-      <c r="F32" s="150">
+      <c r="B32" s="141" t="s">
+        <v>20</v>
+      </c>
+      <c r="C32" s="141"/>
+      <c r="D32" s="141"/>
+      <c r="E32" s="141"/>
+      <c r="F32" s="139">
         <v>0</v>
       </c>
-      <c r="G32" s="150"/>
-      <c r="H32" s="150"/>
+      <c r="G32" s="139"/>
+      <c r="H32" s="139"/>
       <c r="I32" s="23"/>
       <c r="J32" s="23"/>
       <c r="K32" s="23"/>
       <c r="L32" s="23"/>
       <c r="M32" s="22"/>
       <c r="N32" s="22"/>
     </row>
     <row r="33" spans="1:23" s="21" customFormat="1" ht="24" customHeight="1">
       <c r="A33" s="7"/>
-      <c r="B33" s="152" t="s">
-[...5 lines deleted...]
-      <c r="F33" s="150">
+      <c r="B33" s="141" t="s">
+        <v>21</v>
+      </c>
+      <c r="C33" s="141"/>
+      <c r="D33" s="141"/>
+      <c r="E33" s="141"/>
+      <c r="F33" s="139">
         <v>0</v>
       </c>
-      <c r="G33" s="150"/>
-      <c r="H33" s="150"/>
+      <c r="G33" s="139"/>
+      <c r="H33" s="139"/>
       <c r="I33" s="23"/>
       <c r="J33" s="23"/>
       <c r="K33" s="23"/>
       <c r="L33" s="23"/>
       <c r="M33" s="22"/>
       <c r="N33" s="22"/>
     </row>
-    <row r="34" spans="1:23" ht="13.5">
-      <c r="B34" s="54" t="s">
+    <row r="34" spans="1:23" s="21" customFormat="1" ht="24" customHeight="1">
+      <c r="A34" s="7"/>
+      <c r="B34" s="141" t="s">
+        <v>22</v>
+      </c>
+      <c r="C34" s="141"/>
+      <c r="D34" s="141"/>
+      <c r="E34" s="141"/>
+      <c r="F34" s="139">
+        <v>0</v>
+      </c>
+      <c r="G34" s="139"/>
+      <c r="H34" s="139"/>
+      <c r="I34" s="23"/>
+      <c r="J34" s="23"/>
+      <c r="K34" s="23"/>
+      <c r="L34" s="23"/>
+      <c r="M34" s="22"/>
+      <c r="N34" s="22"/>
+    </row>
+    <row r="35" spans="1:23" ht="13.5">
+      <c r="B35" s="54" t="s">
         <v>34</v>
       </c>
-      <c r="D34" s="21"/>
-[...19 lines deleted...]
-      <c r="B35" s="20"/>
       <c r="D35" s="21"/>
       <c r="F35" s="21"/>
       <c r="G35" s="21"/>
       <c r="H35" s="21"/>
       <c r="I35" s="21"/>
       <c r="J35" s="21"/>
       <c r="K35" s="21"/>
       <c r="L35" s="21"/>
       <c r="M35" s="21"/>
       <c r="N35" s="21"/>
       <c r="O35" s="21"/>
       <c r="P35" s="21"/>
-      <c r="Q35" s="21"/>
       <c r="R35" s="22"/>
       <c r="S35" s="23"/>
       <c r="T35" s="23"/>
       <c r="U35" s="23"/>
       <c r="V35" s="22"/>
       <c r="W35" s="22"/>
     </row>
-    <row r="36" spans="1:23" ht="27.75" customHeight="1">
+    <row r="36" spans="1:23" ht="7.5" customHeight="1">
       <c r="B36" s="20"/>
       <c r="D36" s="21"/>
       <c r="F36" s="21"/>
       <c r="G36" s="21"/>
       <c r="H36" s="21"/>
       <c r="I36" s="21"/>
       <c r="J36" s="21"/>
       <c r="K36" s="21"/>
       <c r="L36" s="21"/>
       <c r="M36" s="21"/>
       <c r="N36" s="21"/>
       <c r="O36" s="21"/>
       <c r="P36" s="21"/>
       <c r="Q36" s="21"/>
       <c r="R36" s="22"/>
       <c r="S36" s="23"/>
       <c r="T36" s="23"/>
       <c r="U36" s="23"/>
       <c r="V36" s="22"/>
       <c r="W36" s="22"/>
     </row>
-    <row r="37" spans="1:23" s="21" customFormat="1" ht="12.6" customHeight="1">
-[...2 lines deleted...]
-      </c>
+    <row r="37" spans="1:23" ht="27.75" customHeight="1">
+      <c r="B37" s="20"/>
+      <c r="D37" s="21"/>
+      <c r="F37" s="21"/>
+      <c r="G37" s="21"/>
+      <c r="H37" s="21"/>
+      <c r="I37" s="21"/>
+      <c r="J37" s="21"/>
+      <c r="K37" s="21"/>
+      <c r="L37" s="21"/>
+      <c r="M37" s="21"/>
+      <c r="N37" s="21"/>
+      <c r="O37" s="21"/>
+      <c r="P37" s="21"/>
+      <c r="Q37" s="21"/>
+      <c r="R37" s="22"/>
+      <c r="S37" s="23"/>
+      <c r="T37" s="23"/>
+      <c r="U37" s="23"/>
+      <c r="V37" s="22"/>
+      <c r="W37" s="22"/>
     </row>
     <row r="38" spans="1:23" s="21" customFormat="1" ht="12.6" customHeight="1">
       <c r="B38" s="55" t="s">
-        <v>45</v>
+        <v>35</v>
       </c>
     </row>
     <row r="39" spans="1:23" s="21" customFormat="1" ht="12.6" customHeight="1">
       <c r="B39" s="55" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
     </row>
     <row r="40" spans="1:23" s="21" customFormat="1" ht="12.6" customHeight="1">
       <c r="B40" s="55" t="s">
-        <v>132</v>
+        <v>43</v>
       </c>
     </row>
     <row r="41" spans="1:23" s="21" customFormat="1" ht="12.6" customHeight="1">
       <c r="B41" s="55" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
     </row>
     <row r="42" spans="1:23" s="21" customFormat="1" ht="12.6" customHeight="1">
       <c r="B42" s="55" t="s">
-        <v>44</v>
+        <v>127</v>
       </c>
     </row>
     <row r="43" spans="1:23" s="21" customFormat="1" ht="12.6" customHeight="1">
       <c r="B43" s="55" t="s">
-        <v>84</v>
+        <v>44</v>
       </c>
     </row>
     <row r="44" spans="1:23" s="21" customFormat="1" ht="12.6" customHeight="1">
       <c r="B44" s="55" t="s">
-        <v>46</v>
-[...18 lines deleted...]
-      <c r="T44" s="56"/>
+        <v>84</v>
+      </c>
     </row>
     <row r="45" spans="1:23" s="21" customFormat="1" ht="12.6" customHeight="1">
       <c r="B45" s="55" t="s">
-        <v>130</v>
+        <v>46</v>
       </c>
       <c r="C45" s="56"/>
       <c r="D45" s="56"/>
       <c r="E45" s="56"/>
       <c r="F45" s="56"/>
       <c r="G45" s="56"/>
       <c r="H45" s="56"/>
       <c r="I45" s="56"/>
       <c r="J45" s="56"/>
       <c r="K45" s="56"/>
       <c r="L45" s="56"/>
       <c r="M45" s="56"/>
       <c r="N45" s="56"/>
       <c r="O45" s="56"/>
       <c r="P45" s="56"/>
       <c r="Q45" s="56"/>
       <c r="R45" s="56"/>
       <c r="S45" s="56"/>
       <c r="T45" s="56"/>
     </row>
     <row r="46" spans="1:23" s="21" customFormat="1" ht="12.6" customHeight="1">
-      <c r="B46" s="21" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B46" s="55" t="s">
+        <v>128</v>
+      </c>
+      <c r="C46" s="56"/>
+      <c r="D46" s="56"/>
+      <c r="E46" s="56"/>
+      <c r="F46" s="56"/>
+      <c r="G46" s="56"/>
+      <c r="H46" s="56"/>
+      <c r="I46" s="56"/>
+      <c r="J46" s="56"/>
+      <c r="K46" s="56"/>
+      <c r="L46" s="56"/>
+      <c r="M46" s="56"/>
+      <c r="N46" s="56"/>
+      <c r="O46" s="56"/>
+      <c r="P46" s="56"/>
+      <c r="Q46" s="56"/>
+      <c r="R46" s="56"/>
+      <c r="S46" s="56"/>
+      <c r="T46" s="56"/>
     </row>
     <row r="47" spans="1:23" s="21" customFormat="1" ht="12.6" customHeight="1">
       <c r="B47" s="21" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="48" spans="1:23" s="21" customFormat="1" ht="12.6" customHeight="1">
+      <c r="B48" s="21" t="s">
         <v>85</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="b2IIMi7EKf2vY/pbq6D0tprFeWi4hfuwCdMR6WBDZEPHaa27tK2WLPjRDAAZUhClXXiu8O/qoSfu5Sik0Ors9A==" saltValue="Lk0GVzeB34EcST2EohRCJw==" spinCount="100000" sheet="1" selectLockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="FoLF9OWWZC48bdmsiJW94XvCD0w2nQScHQmKkGJ3C9HXW5weGfnb5izH/1Ym88SihVzxbeVBXTagHftBo1GEbA==" saltValue="MK3HkyUtT+RPuHI2LmTkfA==" spinCount="100000" sheet="1" selectLockedCells="1"/>
   <mergeCells count="25">
-    <mergeCell ref="F32:H32"/>
-[...16 lines deleted...]
-    <mergeCell ref="F20:G20"/>
+    <mergeCell ref="B17:E17"/>
+    <mergeCell ref="F17:H17"/>
+    <mergeCell ref="F21:G21"/>
     <mergeCell ref="M1:R1"/>
     <mergeCell ref="C3:P4"/>
     <mergeCell ref="L5:M5"/>
     <mergeCell ref="B7:D8"/>
     <mergeCell ref="E7:Q8"/>
-    <mergeCell ref="B15:E15"/>
-    <mergeCell ref="F15:H15"/>
+    <mergeCell ref="B16:E16"/>
+    <mergeCell ref="F16:H16"/>
+    <mergeCell ref="F29:G29"/>
+    <mergeCell ref="B31:E31"/>
+    <mergeCell ref="F31:H31"/>
+    <mergeCell ref="B23:E23"/>
+    <mergeCell ref="F23:H23"/>
+    <mergeCell ref="B24:E24"/>
+    <mergeCell ref="F24:H24"/>
+    <mergeCell ref="B25:E25"/>
+    <mergeCell ref="F25:H25"/>
+    <mergeCell ref="F33:H33"/>
+    <mergeCell ref="B34:E34"/>
+    <mergeCell ref="F34:H34"/>
+    <mergeCell ref="B32:E32"/>
+    <mergeCell ref="F32:H32"/>
+    <mergeCell ref="B33:E33"/>
   </mergeCells>
   <phoneticPr fontId="2"/>
-  <dataValidations count="1">
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="E10" xr:uid="{74358F3E-7E0C-48A1-BDE7-ACCD9C58421F}">
+  <dataValidations count="2">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="E10:E11" xr:uid="{74358F3E-7E0C-48A1-BDE7-ACCD9C58421F}">
       <formula1>"○,,"</formula1>
+    </dataValidation>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="P12 N13 M12 K13" xr:uid="{52A93B96-B53A-4AB0-9FA7-1E8C18C87EEC}">
+      <formula1>"○"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.86614173228346458" right="0.19685039370078741" top="0.62992125984251968" bottom="0.55118110236220474" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" orientation="portrait" cellComments="asDisplayed" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <ignoredErrors>
     <ignoredError sqref="R5 P5 N5" unlockedFormula="1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0A00-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:R50"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <selection activeCell="L5" sqref="L5:M5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="10.625" defaultRowHeight="12"/>
   <cols>
     <col min="1" max="11" width="4.375" style="7" customWidth="1"/>
     <col min="12" max="12" width="2.875" style="7" customWidth="1"/>
     <col min="13" max="13" width="5.875" style="7" customWidth="1"/>
     <col min="14" max="14" width="5.25" style="7" customWidth="1"/>
     <col min="15" max="15" width="5.5" style="7" customWidth="1"/>
     <col min="16" max="16" width="5.25" style="7" customWidth="1"/>
     <col min="17" max="17" width="5.625" style="7" customWidth="1"/>
     <col min="18" max="18" width="3.875" style="7" customWidth="1"/>
     <col min="19" max="16384" width="10.625" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A1" s="3"/>
       <c r="B1" s="3"/>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
       <c r="H1" s="3"/>
       <c r="I1" s="3"/>
       <c r="J1" s="3"/>
       <c r="K1" s="3"/>
       <c r="L1" s="3"/>
-      <c r="M1" s="87" t="s">
+      <c r="M1" s="89" t="s">
         <v>1</v>
       </c>
-      <c r="N1" s="87"/>
-[...3 lines deleted...]
-      <c r="R1" s="87"/>
+      <c r="N1" s="89"/>
+      <c r="O1" s="89"/>
+      <c r="P1" s="89"/>
+      <c r="Q1" s="89"/>
+      <c r="R1" s="89"/>
     </row>
     <row r="2" spans="1:18" ht="15" customHeight="1">
       <c r="A2" s="5"/>
       <c r="B2" s="5"/>
       <c r="C2" s="5"/>
       <c r="D2" s="5"/>
       <c r="E2" s="5"/>
       <c r="F2" s="5"/>
       <c r="G2" s="5"/>
       <c r="H2" s="5"/>
       <c r="I2" s="5"/>
       <c r="J2" s="5"/>
       <c r="K2" s="5"/>
       <c r="L2" s="5"/>
       <c r="M2" s="5"/>
       <c r="N2" s="5"/>
       <c r="O2" s="5"/>
       <c r="P2" s="5"/>
       <c r="Q2" s="5"/>
       <c r="R2" s="6" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
     </row>
     <row r="3" spans="1:18" ht="18.75" customHeight="1">
-      <c r="A3" s="129" t="s">
+      <c r="A3" s="110" t="s">
         <v>8</v>
       </c>
-      <c r="B3" s="129"/>
-[...15 lines deleted...]
-      <c r="R3" s="129"/>
+      <c r="B3" s="110"/>
+      <c r="C3" s="110"/>
+      <c r="D3" s="110"/>
+      <c r="E3" s="110"/>
+      <c r="F3" s="110"/>
+      <c r="G3" s="110"/>
+      <c r="H3" s="110"/>
+      <c r="I3" s="110"/>
+      <c r="J3" s="110"/>
+      <c r="K3" s="110"/>
+      <c r="L3" s="110"/>
+      <c r="M3" s="110"/>
+      <c r="N3" s="110"/>
+      <c r="O3" s="110"/>
+      <c r="P3" s="110"/>
+      <c r="Q3" s="110"/>
+      <c r="R3" s="110"/>
     </row>
     <row r="4" spans="1:18" ht="18.75" customHeight="1">
-      <c r="A4" s="129"/>
-[...16 lines deleted...]
-      <c r="R4" s="129"/>
+      <c r="A4" s="110"/>
+      <c r="B4" s="110"/>
+      <c r="C4" s="110"/>
+      <c r="D4" s="110"/>
+      <c r="E4" s="110"/>
+      <c r="F4" s="110"/>
+      <c r="G4" s="110"/>
+      <c r="H4" s="110"/>
+      <c r="I4" s="110"/>
+      <c r="J4" s="110"/>
+      <c r="K4" s="110"/>
+      <c r="L4" s="110"/>
+      <c r="M4" s="110"/>
+      <c r="N4" s="110"/>
+      <c r="O4" s="110"/>
+      <c r="P4" s="110"/>
+      <c r="Q4" s="110"/>
+      <c r="R4" s="110"/>
     </row>
     <row r="5" spans="1:18" s="10" customFormat="1" ht="18.75" customHeight="1">
-      <c r="L5" s="136">
+      <c r="L5" s="164">
         <f>'１'!L6</f>
         <v>0</v>
       </c>
-      <c r="M5" s="137"/>
+      <c r="M5" s="165"/>
       <c r="N5" s="11" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="O5" s="2">
         <f>'１'!O6</f>
         <v>0</v>
       </c>
       <c r="P5" s="10" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="Q5" s="2">
         <f>'１'!Q6</f>
         <v>0</v>
       </c>
       <c r="R5" s="10" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
     </row>
     <row r="6" spans="1:18" ht="7.5" customHeight="1"/>
     <row r="7" spans="1:18" ht="15.75" customHeight="1">
-      <c r="A7" s="98" t="s">
+      <c r="A7" s="100" t="s">
         <v>11</v>
       </c>
-      <c r="B7" s="98"/>
-[...1 lines deleted...]
-      <c r="D7" s="130">
+      <c r="B7" s="100"/>
+      <c r="C7" s="100"/>
+      <c r="D7" s="111">
         <f>'１'!E13</f>
         <v>0</v>
       </c>
-      <c r="E7" s="131"/>
-[...11 lines deleted...]
-      <c r="Q7" s="132"/>
+      <c r="E7" s="112"/>
+      <c r="F7" s="112"/>
+      <c r="G7" s="112"/>
+      <c r="H7" s="112"/>
+      <c r="I7" s="112"/>
+      <c r="J7" s="112"/>
+      <c r="K7" s="112"/>
+      <c r="L7" s="112"/>
+      <c r="M7" s="112"/>
+      <c r="N7" s="112"/>
+      <c r="O7" s="112"/>
+      <c r="P7" s="112"/>
+      <c r="Q7" s="113"/>
     </row>
     <row r="8" spans="1:18" ht="15.75" customHeight="1">
-      <c r="A8" s="98"/>
-[...15 lines deleted...]
-      <c r="Q8" s="135"/>
+      <c r="A8" s="100"/>
+      <c r="B8" s="100"/>
+      <c r="C8" s="100"/>
+      <c r="D8" s="114"/>
+      <c r="E8" s="115"/>
+      <c r="F8" s="115"/>
+      <c r="G8" s="115"/>
+      <c r="H8" s="115"/>
+      <c r="I8" s="115"/>
+      <c r="J8" s="115"/>
+      <c r="K8" s="115"/>
+      <c r="L8" s="115"/>
+      <c r="M8" s="115"/>
+      <c r="N8" s="115"/>
+      <c r="O8" s="115"/>
+      <c r="P8" s="115"/>
+      <c r="Q8" s="116"/>
     </row>
     <row r="9" spans="1:18" ht="11.25" customHeight="1">
       <c r="A9" s="12"/>
       <c r="B9" s="12"/>
       <c r="C9" s="12"/>
     </row>
     <row r="10" spans="1:18" ht="9.75" customHeight="1">
       <c r="E10" s="28"/>
       <c r="O10" s="29"/>
       <c r="P10" s="29"/>
       <c r="Q10" s="29"/>
     </row>
     <row r="11" spans="1:18" ht="18.75" customHeight="1">
       <c r="A11" s="30" t="s">
         <v>26</v>
       </c>
       <c r="O11" s="29"/>
       <c r="R11" s="29"/>
     </row>
     <row r="12" spans="1:18" ht="18.75" customHeight="1">
       <c r="B12" s="7" t="s">
         <v>40</v>
       </c>
       <c r="O12" s="29"/>
       <c r="P12" s="29"/>
       <c r="Q12" s="29"/>
       <c r="R12" s="29"/>
     </row>
     <row r="13" spans="1:18" ht="15" customHeight="1">
       <c r="C13" s="12"/>
       <c r="D13" s="12"/>
       <c r="E13" s="12"/>
       <c r="F13" s="12"/>
       <c r="G13" s="12"/>
       <c r="H13" s="12"/>
       <c r="L13" s="12"/>
       <c r="M13" s="12"/>
       <c r="N13" s="12"/>
       <c r="O13" s="31"/>
       <c r="P13" s="32" t="s">
         <v>15</v>
       </c>
       <c r="Q13" s="32"/>
       <c r="R13" s="29"/>
     </row>
     <row r="14" spans="1:18" ht="15.6" customHeight="1">
       <c r="C14" s="10" t="s">
         <v>4</v>
       </c>
-      <c r="D14" s="171"/>
-[...3 lines deleted...]
-      <c r="H14" s="173"/>
+      <c r="D14" s="178"/>
+      <c r="E14" s="179"/>
+      <c r="F14" s="179"/>
+      <c r="G14" s="179"/>
+      <c r="H14" s="180"/>
       <c r="I14" s="33" t="s">
         <v>10</v>
       </c>
       <c r="J14" s="12"/>
       <c r="L14" s="34"/>
-      <c r="M14" s="177"/>
-[...2 lines deleted...]
-      <c r="Q14" s="168"/>
+      <c r="M14" s="184"/>
+      <c r="N14" s="185"/>
+      <c r="P14" s="172"/>
+      <c r="Q14" s="174"/>
     </row>
     <row r="15" spans="1:18" ht="15.6" customHeight="1">
       <c r="C15" s="10"/>
-      <c r="D15" s="174"/>
-[...3 lines deleted...]
-      <c r="H15" s="176"/>
+      <c r="D15" s="181"/>
+      <c r="E15" s="182"/>
+      <c r="F15" s="182"/>
+      <c r="G15" s="182"/>
+      <c r="H15" s="183"/>
       <c r="I15" s="33" t="s">
         <v>0</v>
       </c>
       <c r="J15" s="12"/>
       <c r="L15" s="34"/>
-      <c r="M15" s="179"/>
-[...2 lines deleted...]
-      <c r="Q15" s="170"/>
+      <c r="M15" s="186"/>
+      <c r="N15" s="187"/>
+      <c r="P15" s="175"/>
+      <c r="Q15" s="177"/>
     </row>
     <row r="16" spans="1:18" ht="9" customHeight="1">
       <c r="C16" s="12"/>
       <c r="D16" s="12"/>
       <c r="E16" s="12"/>
       <c r="F16" s="12"/>
       <c r="G16" s="12"/>
       <c r="H16" s="12"/>
       <c r="L16" s="12"/>
       <c r="M16" s="12"/>
       <c r="N16" s="12"/>
       <c r="P16" s="31"/>
       <c r="Q16" s="31"/>
     </row>
     <row r="17" spans="1:17" ht="15.6" customHeight="1">
       <c r="C17" s="10" t="s">
         <v>4</v>
       </c>
-      <c r="D17" s="171"/>
-[...3 lines deleted...]
-      <c r="H17" s="173"/>
+      <c r="D17" s="178"/>
+      <c r="E17" s="179"/>
+      <c r="F17" s="179"/>
+      <c r="G17" s="179"/>
+      <c r="H17" s="180"/>
       <c r="I17" s="33" t="s">
         <v>10</v>
       </c>
       <c r="J17" s="12"/>
       <c r="L17" s="34"/>
-      <c r="M17" s="177"/>
-[...2 lines deleted...]
-      <c r="Q17" s="168"/>
+      <c r="M17" s="184"/>
+      <c r="N17" s="185"/>
+      <c r="P17" s="172"/>
+      <c r="Q17" s="174"/>
     </row>
     <row r="18" spans="1:17" ht="15.6" customHeight="1">
       <c r="C18" s="10"/>
-      <c r="D18" s="174"/>
-[...3 lines deleted...]
-      <c r="H18" s="176"/>
+      <c r="D18" s="181"/>
+      <c r="E18" s="182"/>
+      <c r="F18" s="182"/>
+      <c r="G18" s="182"/>
+      <c r="H18" s="183"/>
       <c r="I18" s="33" t="s">
         <v>0</v>
       </c>
       <c r="J18" s="12"/>
       <c r="L18" s="34"/>
-      <c r="M18" s="179"/>
-[...2 lines deleted...]
-      <c r="Q18" s="170"/>
+      <c r="M18" s="186"/>
+      <c r="N18" s="187"/>
+      <c r="P18" s="175"/>
+      <c r="Q18" s="177"/>
     </row>
     <row r="19" spans="1:17" ht="9" customHeight="1">
       <c r="C19" s="12"/>
       <c r="D19" s="12"/>
       <c r="E19" s="12"/>
       <c r="F19" s="12"/>
       <c r="G19" s="12"/>
       <c r="H19" s="12"/>
       <c r="L19" s="12"/>
       <c r="M19" s="12"/>
       <c r="N19" s="12"/>
       <c r="P19" s="31"/>
       <c r="Q19" s="31"/>
     </row>
     <row r="20" spans="1:17" ht="15.6" customHeight="1">
       <c r="C20" s="10" t="s">
         <v>4</v>
       </c>
-      <c r="D20" s="171"/>
-[...3 lines deleted...]
-      <c r="H20" s="173"/>
+      <c r="D20" s="178"/>
+      <c r="E20" s="179"/>
+      <c r="F20" s="179"/>
+      <c r="G20" s="179"/>
+      <c r="H20" s="180"/>
       <c r="I20" s="33" t="s">
         <v>10</v>
       </c>
       <c r="J20" s="12"/>
       <c r="L20" s="34"/>
-      <c r="M20" s="177"/>
-[...2 lines deleted...]
-      <c r="Q20" s="168"/>
+      <c r="M20" s="184"/>
+      <c r="N20" s="185"/>
+      <c r="P20" s="172"/>
+      <c r="Q20" s="174"/>
     </row>
     <row r="21" spans="1:17" ht="15.6" customHeight="1">
       <c r="C21" s="10"/>
-      <c r="D21" s="174"/>
-[...3 lines deleted...]
-      <c r="H21" s="176"/>
+      <c r="D21" s="181"/>
+      <c r="E21" s="182"/>
+      <c r="F21" s="182"/>
+      <c r="G21" s="182"/>
+      <c r="H21" s="183"/>
       <c r="I21" s="33" t="s">
         <v>0</v>
       </c>
       <c r="J21" s="12"/>
       <c r="L21" s="34"/>
-      <c r="M21" s="179"/>
-[...2 lines deleted...]
-      <c r="Q21" s="170"/>
+      <c r="M21" s="186"/>
+      <c r="N21" s="187"/>
+      <c r="P21" s="175"/>
+      <c r="Q21" s="177"/>
     </row>
     <row r="22" spans="1:17" ht="9" customHeight="1">
       <c r="C22" s="12"/>
       <c r="D22" s="12"/>
       <c r="E22" s="12"/>
       <c r="F22" s="12"/>
       <c r="G22" s="12"/>
       <c r="H22" s="12"/>
       <c r="L22" s="12"/>
       <c r="M22" s="12"/>
       <c r="N22" s="12"/>
       <c r="P22" s="31"/>
       <c r="Q22" s="31"/>
     </row>
     <row r="23" spans="1:17" ht="15.6" customHeight="1">
       <c r="C23" s="10" t="s">
         <v>4</v>
       </c>
-      <c r="D23" s="171"/>
-[...3 lines deleted...]
-      <c r="H23" s="173"/>
+      <c r="D23" s="178"/>
+      <c r="E23" s="179"/>
+      <c r="F23" s="179"/>
+      <c r="G23" s="179"/>
+      <c r="H23" s="180"/>
       <c r="I23" s="33" t="s">
         <v>10</v>
       </c>
       <c r="J23" s="12"/>
       <c r="L23" s="34"/>
-      <c r="M23" s="177"/>
-[...2 lines deleted...]
-      <c r="Q23" s="168"/>
+      <c r="M23" s="184"/>
+      <c r="N23" s="185"/>
+      <c r="P23" s="172"/>
+      <c r="Q23" s="174"/>
     </row>
     <row r="24" spans="1:17" ht="15.6" customHeight="1">
       <c r="C24" s="10"/>
-      <c r="D24" s="174"/>
-[...3 lines deleted...]
-      <c r="H24" s="176"/>
+      <c r="D24" s="181"/>
+      <c r="E24" s="182"/>
+      <c r="F24" s="182"/>
+      <c r="G24" s="182"/>
+      <c r="H24" s="183"/>
       <c r="I24" s="33" t="s">
         <v>0</v>
       </c>
       <c r="J24" s="12"/>
       <c r="L24" s="34"/>
-      <c r="M24" s="179"/>
-[...2 lines deleted...]
-      <c r="Q24" s="170"/>
+      <c r="M24" s="186"/>
+      <c r="N24" s="187"/>
+      <c r="P24" s="175"/>
+      <c r="Q24" s="177"/>
     </row>
     <row r="25" spans="1:17" ht="8.25" customHeight="1">
       <c r="C25" s="10"/>
       <c r="D25" s="12"/>
       <c r="E25" s="12"/>
       <c r="F25" s="12"/>
       <c r="G25" s="12"/>
       <c r="H25" s="12"/>
       <c r="I25" s="12"/>
       <c r="J25" s="12"/>
       <c r="M25" s="35"/>
       <c r="N25" s="35"/>
       <c r="P25" s="36"/>
       <c r="Q25" s="36"/>
     </row>
     <row r="26" spans="1:17" ht="17.25" customHeight="1">
       <c r="C26" s="37" t="s">
         <v>36</v>
       </c>
       <c r="D26" s="12"/>
       <c r="E26" s="12"/>
       <c r="F26" s="12"/>
       <c r="G26" s="12"/>
       <c r="H26" s="12"/>
       <c r="I26" s="12"/>
       <c r="J26" s="12"/>
       <c r="M26" s="35"/>
       <c r="N26" s="35"/>
       <c r="P26" s="36"/>
       <c r="Q26" s="36"/>
     </row>
     <row r="27" spans="1:17" ht="7.5" customHeight="1">
       <c r="L27" s="12"/>
       <c r="M27" s="12"/>
       <c r="N27" s="12"/>
       <c r="O27" s="29"/>
       <c r="P27" s="29"/>
       <c r="Q27" s="29"/>
     </row>
     <row r="28" spans="1:17" ht="20.25" customHeight="1">
       <c r="D28" s="38" t="s">
         <v>31</v>
       </c>
-      <c r="J28" s="81"/>
-      <c r="K28" s="83"/>
+      <c r="J28" s="83"/>
+      <c r="K28" s="85"/>
       <c r="M28" s="29" t="s">
         <v>32</v>
       </c>
       <c r="P28" s="29"/>
       <c r="Q28" s="29"/>
     </row>
     <row r="29" spans="1:17" ht="12" customHeight="1">
       <c r="L29" s="12"/>
       <c r="M29" s="12"/>
       <c r="N29" s="12"/>
       <c r="O29" s="29"/>
       <c r="P29" s="29"/>
       <c r="Q29" s="29"/>
     </row>
     <row r="30" spans="1:17" ht="16.5" customHeight="1">
       <c r="A30" s="30" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="31" spans="1:17" ht="16.5" customHeight="1">
       <c r="B31" s="7" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
     </row>
     <row r="32" spans="1:17" ht="16.5" customHeight="1">
       <c r="B32" s="80" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
     </row>
     <row r="33" spans="1:17" ht="16.5" customHeight="1">
       <c r="B33" s="7" t="s">
         <v>39</v>
       </c>
       <c r="L33" s="12"/>
       <c r="M33" s="12"/>
       <c r="N33" s="28"/>
       <c r="O33" s="28"/>
       <c r="P33" s="28"/>
       <c r="Q33" s="28"/>
     </row>
     <row r="34" spans="1:17" ht="18.75" customHeight="1">
       <c r="L34" s="7" t="s">
         <v>25</v>
       </c>
       <c r="O34" s="28"/>
       <c r="Q34" s="28" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="35" spans="1:17" ht="17.25" customHeight="1">
       <c r="B35" s="39"/>
       <c r="C35" s="10" t="s">
         <v>4</v>
       </c>
-      <c r="D35" s="171"/>
-[...3 lines deleted...]
-      <c r="H35" s="173"/>
+      <c r="D35" s="178"/>
+      <c r="E35" s="179"/>
+      <c r="F35" s="179"/>
+      <c r="G35" s="179"/>
+      <c r="H35" s="180"/>
       <c r="I35" s="12"/>
       <c r="J35" s="12"/>
       <c r="K35" s="28" t="s">
         <v>14</v>
       </c>
-      <c r="L35" s="167"/>
-[...1 lines deleted...]
-      <c r="N35" s="168"/>
+      <c r="L35" s="172"/>
+      <c r="M35" s="173"/>
+      <c r="N35" s="174"/>
       <c r="O35" s="40"/>
-      <c r="P35" s="167"/>
-      <c r="Q35" s="168"/>
+      <c r="P35" s="172"/>
+      <c r="Q35" s="174"/>
     </row>
     <row r="36" spans="1:17" ht="17.25" customHeight="1">
       <c r="A36" s="39"/>
       <c r="B36" s="39"/>
       <c r="C36" s="10"/>
-      <c r="D36" s="174"/>
-[...3 lines deleted...]
-      <c r="H36" s="176"/>
+      <c r="D36" s="181"/>
+      <c r="E36" s="182"/>
+      <c r="F36" s="182"/>
+      <c r="G36" s="182"/>
+      <c r="H36" s="183"/>
       <c r="I36" s="12"/>
       <c r="J36" s="12"/>
-      <c r="L36" s="169"/>
-[...1 lines deleted...]
-      <c r="N36" s="170"/>
+      <c r="L36" s="175"/>
+      <c r="M36" s="176"/>
+      <c r="N36" s="177"/>
       <c r="O36" s="40"/>
-      <c r="P36" s="169"/>
-      <c r="Q36" s="170"/>
+      <c r="P36" s="175"/>
+      <c r="Q36" s="177"/>
     </row>
     <row r="37" spans="1:17" ht="9" customHeight="1">
       <c r="C37" s="12"/>
       <c r="D37" s="12"/>
       <c r="E37" s="12"/>
       <c r="F37" s="12"/>
       <c r="G37" s="12"/>
       <c r="H37" s="12"/>
       <c r="I37" s="12"/>
       <c r="J37" s="12"/>
       <c r="K37" s="12"/>
       <c r="L37" s="12"/>
       <c r="M37" s="12"/>
       <c r="N37" s="12"/>
       <c r="O37" s="31"/>
       <c r="P37" s="31"/>
       <c r="Q37" s="31"/>
     </row>
     <row r="38" spans="1:17" ht="17.25" customHeight="1">
       <c r="A38" s="28"/>
       <c r="B38" s="28"/>
       <c r="C38" s="10" t="s">
         <v>4</v>
       </c>
-      <c r="D38" s="171"/>
-[...3 lines deleted...]
-      <c r="H38" s="173"/>
+      <c r="D38" s="178"/>
+      <c r="E38" s="179"/>
+      <c r="F38" s="179"/>
+      <c r="G38" s="179"/>
+      <c r="H38" s="180"/>
       <c r="I38" s="12"/>
       <c r="J38" s="12"/>
       <c r="K38" s="28" t="s">
         <v>14</v>
       </c>
-      <c r="L38" s="167"/>
-[...1 lines deleted...]
-      <c r="N38" s="168"/>
+      <c r="L38" s="172"/>
+      <c r="M38" s="173"/>
+      <c r="N38" s="174"/>
       <c r="O38" s="40"/>
-      <c r="P38" s="167"/>
-      <c r="Q38" s="168"/>
+      <c r="P38" s="172"/>
+      <c r="Q38" s="174"/>
     </row>
     <row r="39" spans="1:17" ht="17.25" customHeight="1">
       <c r="A39" s="28"/>
       <c r="B39" s="28"/>
       <c r="C39" s="10"/>
-      <c r="D39" s="174"/>
-[...3 lines deleted...]
-      <c r="H39" s="176"/>
+      <c r="D39" s="181"/>
+      <c r="E39" s="182"/>
+      <c r="F39" s="182"/>
+      <c r="G39" s="182"/>
+      <c r="H39" s="183"/>
       <c r="I39" s="12"/>
       <c r="J39" s="12"/>
-      <c r="L39" s="169"/>
-[...1 lines deleted...]
-      <c r="N39" s="170"/>
+      <c r="L39" s="175"/>
+      <c r="M39" s="176"/>
+      <c r="N39" s="177"/>
       <c r="O39" s="40"/>
-      <c r="P39" s="169"/>
-      <c r="Q39" s="170"/>
+      <c r="P39" s="175"/>
+      <c r="Q39" s="177"/>
     </row>
     <row r="40" spans="1:17" ht="9" customHeight="1">
       <c r="A40" s="41"/>
       <c r="B40" s="41"/>
       <c r="C40" s="12"/>
       <c r="D40" s="12"/>
       <c r="E40" s="12"/>
       <c r="F40" s="12"/>
       <c r="G40" s="12"/>
       <c r="H40" s="12"/>
       <c r="I40" s="12"/>
       <c r="J40" s="12"/>
       <c r="K40" s="12"/>
       <c r="L40" s="12"/>
       <c r="M40" s="12"/>
       <c r="N40" s="12"/>
       <c r="O40" s="31"/>
       <c r="P40" s="31"/>
       <c r="Q40" s="31"/>
     </row>
     <row r="41" spans="1:17" ht="17.25" customHeight="1">
       <c r="A41" s="41"/>
       <c r="B41" s="41"/>
       <c r="C41" s="10" t="s">
         <v>4</v>
       </c>
-      <c r="D41" s="171"/>
-[...3 lines deleted...]
-      <c r="H41" s="173"/>
+      <c r="D41" s="178"/>
+      <c r="E41" s="179"/>
+      <c r="F41" s="179"/>
+      <c r="G41" s="179"/>
+      <c r="H41" s="180"/>
       <c r="I41" s="12"/>
       <c r="J41" s="12"/>
       <c r="K41" s="28" t="s">
         <v>14</v>
       </c>
-      <c r="L41" s="167"/>
-[...1 lines deleted...]
-      <c r="N41" s="168"/>
+      <c r="L41" s="172"/>
+      <c r="M41" s="173"/>
+      <c r="N41" s="174"/>
       <c r="O41" s="40"/>
-      <c r="P41" s="167"/>
-      <c r="Q41" s="168"/>
+      <c r="P41" s="172"/>
+      <c r="Q41" s="174"/>
     </row>
     <row r="42" spans="1:17" ht="17.25" customHeight="1">
       <c r="A42" s="41"/>
       <c r="B42" s="41"/>
       <c r="C42" s="10"/>
-      <c r="D42" s="174"/>
-[...3 lines deleted...]
-      <c r="H42" s="176"/>
+      <c r="D42" s="181"/>
+      <c r="E42" s="182"/>
+      <c r="F42" s="182"/>
+      <c r="G42" s="182"/>
+      <c r="H42" s="183"/>
       <c r="I42" s="12"/>
       <c r="J42" s="12"/>
-      <c r="L42" s="169"/>
-[...1 lines deleted...]
-      <c r="N42" s="170"/>
+      <c r="L42" s="175"/>
+      <c r="M42" s="176"/>
+      <c r="N42" s="177"/>
       <c r="O42" s="40"/>
-      <c r="P42" s="169"/>
-      <c r="Q42" s="170"/>
+      <c r="P42" s="175"/>
+      <c r="Q42" s="177"/>
     </row>
     <row r="43" spans="1:17" ht="7.5" customHeight="1">
       <c r="A43" s="28"/>
       <c r="B43" s="28"/>
       <c r="C43" s="28"/>
       <c r="D43" s="28"/>
       <c r="E43" s="12"/>
       <c r="F43" s="12"/>
       <c r="G43" s="12"/>
       <c r="H43" s="12"/>
       <c r="I43" s="12"/>
       <c r="J43" s="12"/>
       <c r="K43" s="12"/>
       <c r="L43" s="42"/>
       <c r="M43" s="42"/>
       <c r="N43" s="42"/>
       <c r="O43" s="10"/>
       <c r="P43" s="10"/>
       <c r="Q43" s="10"/>
     </row>
     <row r="44" spans="1:17" ht="12.75" customHeight="1">
       <c r="C44" s="37" t="s">
         <v>37</v>
       </c>
       <c r="D44" s="28"/>
@@ -7984,102 +8143,102 @@
     </row>
     <row r="45" spans="1:17" ht="16.5" customHeight="1">
       <c r="E45" s="28"/>
       <c r="O45" s="29"/>
       <c r="P45" s="29"/>
       <c r="Q45" s="29"/>
     </row>
     <row r="46" spans="1:17" ht="16.5" customHeight="1">
       <c r="E46" s="28"/>
       <c r="O46" s="29"/>
       <c r="P46" s="29"/>
       <c r="Q46" s="29"/>
     </row>
     <row r="47" spans="1:17" ht="18.75" customHeight="1">
       <c r="A47" s="38" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="48" spans="1:17" ht="11.25" customHeight="1">
       <c r="E48" s="28"/>
     </row>
     <row r="49" spans="4:16" ht="32.25" customHeight="1">
       <c r="D49" s="28" t="s">
         <v>78</v>
       </c>
-      <c r="E49" s="181"/>
-[...6 lines deleted...]
-      <c r="L49" s="183"/>
+      <c r="E49" s="169"/>
+      <c r="F49" s="170"/>
+      <c r="G49" s="170"/>
+      <c r="H49" s="170"/>
+      <c r="I49" s="170"/>
+      <c r="J49" s="170"/>
+      <c r="K49" s="170"/>
+      <c r="L49" s="171"/>
       <c r="N49" s="43" t="s">
         <v>77</v>
       </c>
       <c r="O49" s="21" t="s">
         <v>76</v>
       </c>
       <c r="P49" s="21"/>
     </row>
     <row r="50" spans="4:16" ht="21.75" customHeight="1">
       <c r="E50" s="44" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="UDTHGKV/ZdyhxspjVQu/khvKBA/ExpClS7g7h1DBUabJEeXRpoB/TPd4GLIkwSz0OcBlrq/Ks9QVHZ9tcu6SAg==" saltValue="ipIbGwfdCg+wy8p1yb7T0A==" spinCount="100000" sheet="1" selectLockedCells="1"/>
   <mergeCells count="28">
-    <mergeCell ref="E49:L49"/>
-[...10 lines deleted...]
-    <mergeCell ref="L5:M5"/>
     <mergeCell ref="P35:Q36"/>
     <mergeCell ref="P38:Q39"/>
     <mergeCell ref="P14:Q15"/>
     <mergeCell ref="P41:Q42"/>
     <mergeCell ref="D23:H24"/>
     <mergeCell ref="M23:N24"/>
     <mergeCell ref="P23:Q24"/>
     <mergeCell ref="M20:N21"/>
     <mergeCell ref="P17:Q18"/>
     <mergeCell ref="P20:Q21"/>
     <mergeCell ref="D14:H15"/>
     <mergeCell ref="M14:N15"/>
     <mergeCell ref="M17:N18"/>
     <mergeCell ref="D41:H42"/>
     <mergeCell ref="D35:H36"/>
     <mergeCell ref="D38:H39"/>
+    <mergeCell ref="M1:R1"/>
+    <mergeCell ref="A7:C8"/>
+    <mergeCell ref="D7:Q8"/>
+    <mergeCell ref="A3:R4"/>
+    <mergeCell ref="L5:M5"/>
+    <mergeCell ref="E49:L49"/>
+    <mergeCell ref="L35:N36"/>
+    <mergeCell ref="L38:N39"/>
+    <mergeCell ref="L41:N42"/>
+    <mergeCell ref="D17:H18"/>
+    <mergeCell ref="D20:H21"/>
+    <mergeCell ref="J28:K28"/>
   </mergeCells>
   <phoneticPr fontId="2"/>
   <pageMargins left="0.78740157480314965" right="0.78740157480314965" top="0.98425196850393704" bottom="0.98425196850393704" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="97" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <ignoredErrors>
     <ignoredError sqref="D7 L5:R5" unlockedFormula="1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>